--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -1,95 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mmbonline.sharepoint.com/PO/Sdilene dokumenty/Dokumenty personální oddělení/VÝBĚROVÁ ŘÍZENÍ/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2071" documentId="11_DABEAD3DF6469B5E8F31EEAD135FC3ADC13E8ED4" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E53A2572-5978-4837-A585-457C2A677D0E}"/>
+  <xr:revisionPtr revIDLastSave="2106" documentId="11_DABEAD3DF6469B5E8F31EEAD135FC3ADC13E8ED4" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8B1C0B32-534C-450F-8452-0DAAD7C17529}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
     <sheet name="List2" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">List1!#REF!</definedName>
     <definedName name="_Hlk503514059" localSheetId="0">List1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="604" uniqueCount="319">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="608" uniqueCount="321">
   <si>
     <t>Aktuální přehled průběhu výběrových řízení vyhlášených v roce 2025</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t>číslo výběrového řízení</t>
   </si>
   <si>
     <t>funkční místo</t>
   </si>
   <si>
     <t>útvar (odbor, úsek, oddělení)</t>
   </si>
   <si>
     <t>termín přihlášek</t>
   </si>
   <si>
     <t>počet přihlášek</t>
   </si>
   <si>
     <t>stav</t>
   </si>
   <si>
@@ -1778,72 +1777,78 @@
   <si>
     <t>vedoucí Referátu vjezdových oprávnění</t>
   </si>
   <si>
     <t>140/2025</t>
   </si>
   <si>
     <t>správní referent Odd. správních řízení III</t>
   </si>
   <si>
     <t>Ofbor přestupků v dopravě</t>
   </si>
   <si>
     <t>141/2025</t>
   </si>
   <si>
     <t>platová/ý účetní</t>
   </si>
   <si>
     <t>142/2025</t>
   </si>
   <si>
     <t>143/2025</t>
   </si>
   <si>
-    <t>144/2026</t>
-[...7 lines deleted...]
-  <si>
     <t>147/2025</t>
   </si>
   <si>
     <t>vedoucí oddělení - Kontaktní místo pro bydlení</t>
   </si>
   <si>
     <t>148/2025</t>
   </si>
   <si>
     <t>poradce pro bydlení</t>
   </si>
   <si>
     <t>energetický manažer 2FM</t>
+  </si>
+  <si>
+    <t>149/2025</t>
+  </si>
+  <si>
+    <t>145/2025</t>
+  </si>
+  <si>
+    <t>146/2025</t>
+  </si>
+  <si>
+    <t>144/2025</t>
+  </si>
+  <si>
+    <t>správní referent Odd. právních řízení IV</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -2322,55 +2327,51 @@
     <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
     <cellStyle name="Normální 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2626,53 +2627,53 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G244"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="99" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A137" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A138" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
-      <selection pane="bottomLeft" activeCell="H151" sqref="H151"/>
+      <selection pane="bottomLeft" activeCell="H152" sqref="H152"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
     <col min="2" max="2" width="13.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="74.5703125" customWidth="1"/>
     <col min="4" max="4" width="38.7109375" customWidth="1"/>
     <col min="5" max="5" width="12.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.28515625" style="6" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="20.5703125" style="6" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="4"/>
       <c r="B1" s="59" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="59"/>
       <c r="D1" s="59"/>
       <c r="E1" s="59"/>
       <c r="F1" s="59"/>
       <c r="G1" s="59"/>
     </row>
     <row r="2" spans="1:7" s="6" customFormat="1" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
@@ -5124,88 +5125,88 @@
       </c>
       <c r="F123" s="25">
         <v>8</v>
       </c>
       <c r="G123" s="25" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="124" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B124" s="25" t="s">
         <v>272</v>
       </c>
       <c r="C124" s="13" t="s">
         <v>273</v>
       </c>
       <c r="D124" s="54" t="s">
         <v>63</v>
       </c>
       <c r="E124" s="26">
         <v>45953</v>
       </c>
       <c r="F124" s="25">
         <v>3</v>
       </c>
       <c r="G124" s="25" t="s">
-        <v>252</v>
+        <v>11</v>
       </c>
     </row>
     <row r="125" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B125" s="25" t="s">
         <v>274</v>
       </c>
       <c r="C125" s="13" t="s">
         <v>275</v>
       </c>
       <c r="D125" s="52" t="s">
         <v>20</v>
       </c>
       <c r="E125" s="26">
         <v>46022</v>
       </c>
       <c r="F125" s="25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G125" s="25" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="126" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B126" s="25" t="s">
         <v>276</v>
       </c>
       <c r="C126" s="43" t="s">
         <v>277</v>
       </c>
       <c r="D126" s="52" t="s">
         <v>20</v>
       </c>
       <c r="E126" s="26">
         <v>46022</v>
       </c>
       <c r="F126" s="25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G126" s="25" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="127" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B127" s="29" t="s">
         <v>278</v>
       </c>
       <c r="C127" s="56" t="s">
         <v>19</v>
       </c>
       <c r="D127" s="57" t="s">
         <v>20</v>
       </c>
       <c r="E127" s="35">
         <v>45959</v>
       </c>
       <c r="F127" s="25">
         <v>1</v>
       </c>
       <c r="G127" s="25" t="s">
         <v>11</v>
       </c>
     </row>
@@ -5501,203 +5502,215 @@
       </c>
       <c r="E142" s="26">
         <v>45994</v>
       </c>
       <c r="F142" s="25">
         <v>9</v>
       </c>
       <c r="G142" s="25" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="143" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B143" s="25" t="s">
         <v>307</v>
       </c>
       <c r="C143" s="56" t="s">
         <v>308</v>
       </c>
       <c r="D143" s="54" t="s">
         <v>190</v>
       </c>
       <c r="E143" s="26">
         <v>45995</v>
       </c>
       <c r="F143" s="25">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G143" s="25" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
     </row>
     <row r="144" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B144" s="25" t="s">
         <v>309</v>
       </c>
       <c r="C144" s="56" t="s">
         <v>50</v>
       </c>
       <c r="D144" s="54" t="s">
         <v>51</v>
       </c>
       <c r="E144" s="26">
         <v>45995</v>
       </c>
       <c r="F144" s="25">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G144" s="25" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="145" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B145" s="25" t="s">
         <v>310</v>
       </c>
       <c r="C145" s="56" t="s">
         <v>50</v>
       </c>
       <c r="D145" s="54" t="s">
         <v>51</v>
       </c>
       <c r="E145" s="26">
         <v>46000</v>
       </c>
       <c r="F145" s="25">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G145" s="25" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="146" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B146" s="25" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="C146" s="56" t="s">
         <v>215</v>
       </c>
       <c r="D146" s="54" t="s">
         <v>41</v>
       </c>
       <c r="E146" s="26">
         <v>46006</v>
       </c>
       <c r="F146" s="25">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G146" s="25" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="147" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B147" s="25" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="C147" s="56" t="s">
         <v>117</v>
       </c>
       <c r="D147" s="54" t="s">
         <v>41</v>
       </c>
       <c r="E147" s="26">
         <v>46006</v>
       </c>
       <c r="F147" s="25">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G147" s="25" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="148" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B148" s="25" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="C148" s="56" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D148" s="54" t="s">
         <v>289</v>
       </c>
       <c r="E148" s="26">
         <v>46008</v>
       </c>
       <c r="F148" s="25">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G148" s="25" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="149" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B149" s="25" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C149" s="56" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D149" s="54" t="s">
         <v>32</v>
       </c>
       <c r="E149" s="26">
         <v>46009</v>
       </c>
       <c r="F149" s="25">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G149" s="25" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="150" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B150" s="25" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C150" s="56" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="D150" s="54" t="s">
         <v>32</v>
       </c>
       <c r="E150" s="26">
         <v>46010</v>
       </c>
       <c r="F150" s="25">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G150" s="25" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="151" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B151" s="45"/>
-[...4 lines deleted...]
-      <c r="G151" s="45"/>
+      <c r="B151" s="25" t="s">
+        <v>316</v>
+      </c>
+      <c r="C151" s="56" t="s">
+        <v>320</v>
+      </c>
+      <c r="D151" s="54" t="s">
+        <v>137</v>
+      </c>
+      <c r="E151" s="26">
+        <v>46014</v>
+      </c>
+      <c r="F151" s="25">
+        <v>4</v>
+      </c>
+      <c r="G151" s="25" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="152" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B152" s="45"/>
       <c r="C152" s="1"/>
       <c r="D152" s="1"/>
       <c r="E152" s="46"/>
       <c r="F152" s="45"/>
       <c r="G152" s="45"/>
     </row>
     <row r="153" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B153" s="45"/>
       <c r="C153" s="1"/>
       <c r="D153" s="1"/>
       <c r="E153" s="46"/>
       <c r="F153" s="45"/>
       <c r="G153" s="45"/>
     </row>
     <row r="154" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B154" s="45"/>
       <c r="C154" s="1"/>
       <c r="D154" s="1"/>
       <c r="E154" s="46"/>
       <c r="F154" s="45"/>
       <c r="G154" s="45"/>
     </row>
@@ -6763,59 +6776,59 @@
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96F357D1-7017-4AC8-9D0A-D3A2A9431ABA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="64c94459-a6c5-4cf5-89c0-115a7989494d"/>
     <ds:schemaRef ds:uri="1b697df1-33ef-48b3-80f1-7bc5cc96b25a"/>
     <ds:schemaRef ds:uri="107ea3ff-ebed-4698-b54c-04cca22f4541"/>
     <ds:schemaRef ds:uri="352852a3-b0f9-446f-ba6d-2dabd10762bb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACC7736E-83A5-4258-9662-D63F9BBFD8D0}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="352852a3-b0f9-446f-ba6d-2dabd10762bb"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="64c94459-a6c5-4cf5-89c0-115a7989494d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1b697df1-33ef-48b3-80f1-7bc5cc96b25a"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="107ea3ff-ebed-4698-b54c-04cca22f4541"/>
-    <ds:schemaRef ds:uri="64c94459-a6c5-4cf5-89c0-115a7989494d"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>List1</vt:lpstr>