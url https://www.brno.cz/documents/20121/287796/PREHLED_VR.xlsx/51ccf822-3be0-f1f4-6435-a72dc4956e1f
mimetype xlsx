--- v1 (2025-12-14)
+++ v2 (2026-01-29)
@@ -4,91 +4,91 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mmbonline.sharepoint.com/PO/Sdilene dokumenty/Dokumenty personální oddělení/VÝBĚROVÁ ŘÍZENÍ/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2106" documentId="11_DABEAD3DF6469B5E8F31EEAD135FC3ADC13E8ED4" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8B1C0B32-534C-450F-8452-0DAAD7C17529}"/>
+  <xr:revisionPtr revIDLastSave="2644" documentId="11_DABEAD3DF6469B5E8F31EEAD135FC3ADC13E8ED4" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{850E50D6-5CC5-4F5A-AFFB-09BD2377AAF6}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
     <sheet name="List2" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">List1!#REF!</definedName>
     <definedName name="_Hlk503514059" localSheetId="0">List1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="608" uniqueCount="321">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="849" uniqueCount="503">
   <si>
     <t>Aktuální přehled průběhu výběrových řízení vyhlášených v roce 2025</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t>číslo výběrového řízení</t>
   </si>
   <si>
     <t>funkční místo</t>
   </si>
   <si>
     <t>útvar (odbor, úsek, oddělení)</t>
   </si>
   <si>
     <t>termín přihlášek</t>
   </si>
   <si>
     <t>počet přihlášek</t>
   </si>
   <si>
     <t>stav</t>
   </si>
   <si>
@@ -1762,93 +1762,671 @@
   <si>
     <t>136/2025</t>
   </si>
   <si>
     <t>137/2025</t>
   </si>
   <si>
     <t xml:space="preserve">referent ochrany přírody   </t>
   </si>
   <si>
     <t>138/2025</t>
   </si>
   <si>
     <t>139/2025</t>
   </si>
   <si>
     <t>vedoucí Referátu vjezdových oprávnění</t>
   </si>
   <si>
     <t>140/2025</t>
   </si>
   <si>
     <t>správní referent Odd. správních řízení III</t>
   </si>
   <si>
-    <t>Ofbor přestupků v dopravě</t>
-[...1 lines deleted...]
-  <si>
     <t>141/2025</t>
   </si>
   <si>
     <t>platová/ý účetní</t>
   </si>
   <si>
     <t>142/2025</t>
   </si>
   <si>
     <t>143/2025</t>
   </si>
   <si>
+    <t>144/2025</t>
+  </si>
+  <si>
+    <t>145/2025</t>
+  </si>
+  <si>
+    <t>146/2025</t>
+  </si>
+  <si>
+    <t>energetický manažer 2FM</t>
+  </si>
+  <si>
     <t>147/2025</t>
   </si>
   <si>
     <t>vedoucí oddělení - Kontaktní místo pro bydlení</t>
   </si>
   <si>
     <t>148/2025</t>
   </si>
   <si>
     <t>poradce pro bydlení</t>
   </si>
   <si>
-    <t>energetický manažer 2FM</t>
-[...1 lines deleted...]
-  <si>
     <t>149/2025</t>
   </si>
   <si>
-    <t>145/2025</t>
-[...7 lines deleted...]
-  <si>
     <t>správní referent Odd. právních řízení IV</t>
+  </si>
+  <si>
+    <t>150/2025</t>
+  </si>
+  <si>
+    <t>manažer projektu AISMB</t>
+  </si>
+  <si>
+    <t>151/2025</t>
+  </si>
+  <si>
+    <t>referent parkovacích oprávnění</t>
+  </si>
+  <si>
+    <t>154/2025</t>
+  </si>
+  <si>
+    <t>vedoucí Referátu sociálně-právní ochrany dětí</t>
+  </si>
+  <si>
+    <t>155/2025</t>
+  </si>
+  <si>
+    <t>odborný pracovník poradny Socio Info Point</t>
+  </si>
+  <si>
+    <t>156/2025</t>
+  </si>
+  <si>
+    <t>152/2025</t>
+  </si>
+  <si>
+    <t>153/2025</t>
+  </si>
+  <si>
+    <t>odborný referent - metodik</t>
+  </si>
+  <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>Aktuální přehled průběhu výběrových řízení vyhlášených v roce 2026</t>
+  </si>
+  <si>
+    <t>002/2026</t>
+  </si>
+  <si>
+    <t>003/2026</t>
+  </si>
+  <si>
+    <t>004/2026</t>
+  </si>
+  <si>
+    <t>005/2026</t>
+  </si>
+  <si>
+    <t>006/2026</t>
+  </si>
+  <si>
+    <t>007/2026</t>
+  </si>
+  <si>
+    <t>008/2026</t>
+  </si>
+  <si>
+    <t>009/2026</t>
+  </si>
+  <si>
+    <t>010/2026</t>
+  </si>
+  <si>
+    <t>011/2026</t>
+  </si>
+  <si>
+    <t>012/2026</t>
+  </si>
+  <si>
+    <t>013/2026</t>
+  </si>
+  <si>
+    <t>014/2026</t>
+  </si>
+  <si>
+    <t>015/2026</t>
+  </si>
+  <si>
+    <t>016/2026</t>
+  </si>
+  <si>
+    <t>017/2026</t>
+  </si>
+  <si>
+    <t>018/2026</t>
+  </si>
+  <si>
+    <t>019/2026</t>
+  </si>
+  <si>
+    <t>020/2026</t>
+  </si>
+  <si>
+    <t>021/2026</t>
+  </si>
+  <si>
+    <t>022/2026</t>
+  </si>
+  <si>
+    <t>023/2026</t>
+  </si>
+  <si>
+    <t>024/2026</t>
+  </si>
+  <si>
+    <t>025/2026</t>
+  </si>
+  <si>
+    <t>026/2026</t>
+  </si>
+  <si>
+    <t>027/2026</t>
+  </si>
+  <si>
+    <t>028/2026</t>
+  </si>
+  <si>
+    <t>029/2026</t>
+  </si>
+  <si>
+    <t>030/2026</t>
+  </si>
+  <si>
+    <t>031/2026</t>
+  </si>
+  <si>
+    <t>032/2026</t>
+  </si>
+  <si>
+    <t>033/2026</t>
+  </si>
+  <si>
+    <t>034/2026</t>
+  </si>
+  <si>
+    <t>035/2026</t>
+  </si>
+  <si>
+    <t>036/2026</t>
+  </si>
+  <si>
+    <t>037/2026</t>
+  </si>
+  <si>
+    <t>038/2026</t>
+  </si>
+  <si>
+    <t>039/2026</t>
+  </si>
+  <si>
+    <t>040/2026</t>
+  </si>
+  <si>
+    <t>041/2026</t>
+  </si>
+  <si>
+    <t>042/2026</t>
+  </si>
+  <si>
+    <t>043/2026</t>
+  </si>
+  <si>
+    <t>044/2026</t>
+  </si>
+  <si>
+    <t>045/2026</t>
+  </si>
+  <si>
+    <t>046/2026</t>
+  </si>
+  <si>
+    <t>047/2026</t>
+  </si>
+  <si>
+    <t>048/2026</t>
+  </si>
+  <si>
+    <t>049/2026</t>
+  </si>
+  <si>
+    <t>050/2026</t>
+  </si>
+  <si>
+    <t>051/2026</t>
+  </si>
+  <si>
+    <t>052/2026</t>
+  </si>
+  <si>
+    <t>053/2026</t>
+  </si>
+  <si>
+    <t>054/2026</t>
+  </si>
+  <si>
+    <t>055/2026</t>
+  </si>
+  <si>
+    <t>056/2026</t>
+  </si>
+  <si>
+    <t>057/2026</t>
+  </si>
+  <si>
+    <t>058/2026</t>
+  </si>
+  <si>
+    <t>059/2026</t>
+  </si>
+  <si>
+    <t>060/2026</t>
+  </si>
+  <si>
+    <t>061/2026</t>
+  </si>
+  <si>
+    <t>062/2026</t>
+  </si>
+  <si>
+    <t>063/2026</t>
+  </si>
+  <si>
+    <t>064/2026</t>
+  </si>
+  <si>
+    <t>065/2026</t>
+  </si>
+  <si>
+    <t>066/2026</t>
+  </si>
+  <si>
+    <t>067/2026</t>
+  </si>
+  <si>
+    <t>068/2026</t>
+  </si>
+  <si>
+    <t>069/2026</t>
+  </si>
+  <si>
+    <t>070/2026</t>
+  </si>
+  <si>
+    <t>071/2026</t>
+  </si>
+  <si>
+    <t>072/2026</t>
+  </si>
+  <si>
+    <t>073/2026</t>
+  </si>
+  <si>
+    <t>074/2026</t>
+  </si>
+  <si>
+    <t>075/2026</t>
+  </si>
+  <si>
+    <t>076/2026</t>
+  </si>
+  <si>
+    <t>077/2026</t>
+  </si>
+  <si>
+    <t>078/2026</t>
+  </si>
+  <si>
+    <t>079/2026</t>
+  </si>
+  <si>
+    <t>080/2026</t>
+  </si>
+  <si>
+    <t>081/2026</t>
+  </si>
+  <si>
+    <t>082/2026</t>
+  </si>
+  <si>
+    <t>083/2026</t>
+  </si>
+  <si>
+    <t>084/2026</t>
+  </si>
+  <si>
+    <t>085/2026</t>
+  </si>
+  <si>
+    <t>086/2026</t>
+  </si>
+  <si>
+    <t>087/2026</t>
+  </si>
+  <si>
+    <t>088/2026</t>
+  </si>
+  <si>
+    <t>089/2026</t>
+  </si>
+  <si>
+    <t>090/2026</t>
+  </si>
+  <si>
+    <t>091/2026</t>
+  </si>
+  <si>
+    <t>092/2026</t>
+  </si>
+  <si>
+    <t>093/2026</t>
+  </si>
+  <si>
+    <t>094/2026</t>
+  </si>
+  <si>
+    <t>095/2026</t>
+  </si>
+  <si>
+    <t>096/2026</t>
+  </si>
+  <si>
+    <t>097/2026</t>
+  </si>
+  <si>
+    <t>098/2026</t>
+  </si>
+  <si>
+    <t>099/2026</t>
+  </si>
+  <si>
+    <t>100/2026</t>
+  </si>
+  <si>
+    <t>101/2026</t>
+  </si>
+  <si>
+    <t>102/2026</t>
+  </si>
+  <si>
+    <t>103/2026</t>
+  </si>
+  <si>
+    <t>104/2026</t>
+  </si>
+  <si>
+    <t>105/2026</t>
+  </si>
+  <si>
+    <t>106/2026</t>
+  </si>
+  <si>
+    <t>108/2026</t>
+  </si>
+  <si>
+    <t>109/2026</t>
+  </si>
+  <si>
+    <t>110/2026</t>
+  </si>
+  <si>
+    <t>111/2026</t>
+  </si>
+  <si>
+    <t>112/2026</t>
+  </si>
+  <si>
+    <t>113/2026</t>
+  </si>
+  <si>
+    <t>114/2026</t>
+  </si>
+  <si>
+    <t>115/2026</t>
+  </si>
+  <si>
+    <t>116/2026</t>
+  </si>
+  <si>
+    <t>117/2026</t>
+  </si>
+  <si>
+    <t>118/2026</t>
+  </si>
+  <si>
+    <t>119/2026</t>
+  </si>
+  <si>
+    <t>120/2026</t>
+  </si>
+  <si>
+    <t>121/2026</t>
+  </si>
+  <si>
+    <t>122/2026</t>
+  </si>
+  <si>
+    <t>123/2026</t>
+  </si>
+  <si>
+    <t>124/2026</t>
+  </si>
+  <si>
+    <t>125/2026</t>
+  </si>
+  <si>
+    <t>126/2026</t>
+  </si>
+  <si>
+    <t>127/2026</t>
+  </si>
+  <si>
+    <t>128/2026</t>
+  </si>
+  <si>
+    <t>129/2026</t>
+  </si>
+  <si>
+    <t>130/2026</t>
+  </si>
+  <si>
+    <t>131/2026</t>
+  </si>
+  <si>
+    <t>132/2026</t>
+  </si>
+  <si>
+    <t>133/2026</t>
+  </si>
+  <si>
+    <t>134/2026</t>
+  </si>
+  <si>
+    <t>135/2026</t>
+  </si>
+  <si>
+    <t>136/2026</t>
+  </si>
+  <si>
+    <t>137/2026</t>
+  </si>
+  <si>
+    <t>138/2026</t>
+  </si>
+  <si>
+    <t>139/2026</t>
+  </si>
+  <si>
+    <t>140/2026</t>
+  </si>
+  <si>
+    <t>141/2026</t>
+  </si>
+  <si>
+    <t>142/2026</t>
+  </si>
+  <si>
+    <t>143/2026</t>
+  </si>
+  <si>
+    <t>144/2026</t>
+  </si>
+  <si>
+    <t>145/2026</t>
+  </si>
+  <si>
+    <t>146/2026</t>
+  </si>
+  <si>
+    <t>147/2026</t>
+  </si>
+  <si>
+    <t>148/2026</t>
+  </si>
+  <si>
+    <t>149/2026</t>
+  </si>
+  <si>
+    <t>150/2026</t>
+  </si>
+  <si>
+    <t>151/2026</t>
+  </si>
+  <si>
+    <t>152/2026</t>
+  </si>
+  <si>
+    <t>153/2026</t>
+  </si>
+  <si>
+    <t>154/2026</t>
+  </si>
+  <si>
+    <t>155/2026</t>
+  </si>
+  <si>
+    <t>156/2026</t>
+  </si>
+  <si>
+    <t>157/2026</t>
+  </si>
+  <si>
+    <t>158/2026</t>
+  </si>
+  <si>
+    <t>159/2026</t>
+  </si>
+  <si>
+    <t>160/2026</t>
+  </si>
+  <si>
+    <t>vedoucí Oddělení správních řízení II</t>
+  </si>
+  <si>
+    <t>specialista cenových analýz - Inzerát</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">referent odpadů -2 FM - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>prodloužen termín pro podání přihlášek</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">sociální pracovník - kontrolor - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>prodloužen termín pro podání přihlášek</t>
+    </r>
+  </si>
+  <si>
+    <t>referent podatelny - 3 FM</t>
+  </si>
+  <si>
+    <t>Odbor sportu</t>
+  </si>
+  <si>
+    <t>ekonom - analytik</t>
+  </si>
+  <si>
+    <t>referent parkovacích oprávnění a povolení vjezdu - inzerát</t>
+  </si>
+  <si>
+    <t>právník - prodloužen termín pro podání přihlášky</t>
+  </si>
+  <si>
+    <t>referent spisovny</t>
+  </si>
+  <si>
+    <t>právník - správní specialista</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -2189,51 +2767,51 @@
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="60">
+  <cellXfs count="64">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
@@ -2305,50 +2883,62 @@
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="16" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
     <cellStyle name="Normální 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
@@ -2624,79 +3214,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G244"/>
+  <dimension ref="A1:G327"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="99" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A138" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A161" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
-      <selection pane="bottomLeft" activeCell="H152" sqref="H152"/>
+      <selection pane="bottomLeft" activeCell="H162" sqref="H162"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
     <col min="2" max="2" width="13.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="74.5703125" customWidth="1"/>
     <col min="4" max="4" width="38.7109375" customWidth="1"/>
     <col min="5" max="5" width="12.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.28515625" style="6" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="20.5703125" style="6" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="4"/>
-      <c r="B1" s="59" t="s">
+      <c r="B1" s="63" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="59"/>
-[...3 lines deleted...]
-      <c r="G1" s="59"/>
+      <c r="C1" s="63"/>
+      <c r="D1" s="63"/>
+      <c r="E1" s="63"/>
+      <c r="F1" s="63"/>
+      <c r="G1" s="63"/>
     </row>
     <row r="2" spans="1:7" s="6" customFormat="1" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="8" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
@@ -5082,1483 +5672,2676 @@
       </c>
       <c r="E121" s="50">
         <v>45932</v>
       </c>
       <c r="F121" s="48">
         <v>8</v>
       </c>
       <c r="G121" s="48" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B122" s="48" t="s">
         <v>267</v>
       </c>
       <c r="C122" s="54" t="s">
         <v>268</v>
       </c>
       <c r="D122" s="54" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="50">
         <v>46022</v>
       </c>
       <c r="F122" s="48">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G122" s="48" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
     </row>
     <row r="123" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B123" s="25" t="s">
         <v>270</v>
       </c>
       <c r="C123" s="13" t="s">
         <v>271</v>
       </c>
       <c r="D123" s="54" t="s">
         <v>51</v>
       </c>
       <c r="E123" s="26">
         <v>45939</v>
       </c>
       <c r="F123" s="25">
         <v>8</v>
       </c>
       <c r="G123" s="25" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B124" s="25" t="s">
         <v>272</v>
       </c>
       <c r="C124" s="13" t="s">
         <v>273</v>
       </c>
       <c r="D124" s="54" t="s">
         <v>63</v>
       </c>
       <c r="E124" s="26">
         <v>45953</v>
       </c>
       <c r="F124" s="25">
         <v>3</v>
       </c>
       <c r="G124" s="25" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="125" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B125" s="25" t="s">
         <v>274</v>
       </c>
       <c r="C125" s="13" t="s">
         <v>275</v>
       </c>
       <c r="D125" s="52" t="s">
         <v>20</v>
       </c>
       <c r="E125" s="26">
         <v>46022</v>
       </c>
       <c r="F125" s="25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G125" s="25" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
     </row>
     <row r="126" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B126" s="25" t="s">
         <v>276</v>
       </c>
       <c r="C126" s="43" t="s">
         <v>277</v>
       </c>
       <c r="D126" s="52" t="s">
         <v>20</v>
       </c>
       <c r="E126" s="26">
         <v>46022</v>
       </c>
       <c r="F126" s="25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G126" s="25" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
     </row>
     <row r="127" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B127" s="29" t="s">
         <v>278</v>
       </c>
       <c r="C127" s="56" t="s">
         <v>19</v>
       </c>
       <c r="D127" s="57" t="s">
         <v>20</v>
       </c>
       <c r="E127" s="35">
         <v>45959</v>
       </c>
       <c r="F127" s="25">
         <v>1</v>
       </c>
       <c r="G127" s="25" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="128" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B128" s="29" t="s">
         <v>279</v>
       </c>
       <c r="C128" s="43" t="s">
         <v>280</v>
       </c>
       <c r="D128" s="57" t="s">
         <v>45</v>
       </c>
       <c r="E128" s="35">
         <v>45965</v>
       </c>
       <c r="F128" s="25">
         <v>19</v>
       </c>
       <c r="G128" s="25" t="s">
-        <v>252</v>
+        <v>11</v>
       </c>
     </row>
     <row r="129" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B129" s="29" t="s">
         <v>281</v>
       </c>
       <c r="C129" s="43" t="s">
         <v>282</v>
       </c>
       <c r="D129" s="57" t="s">
         <v>20</v>
       </c>
       <c r="E129" s="35">
         <v>45966</v>
       </c>
       <c r="F129" s="25">
         <v>1</v>
       </c>
       <c r="G129" s="25" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="130" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B130" s="29" t="s">
         <v>283</v>
       </c>
       <c r="C130" s="56" t="s">
         <v>284</v>
       </c>
       <c r="D130" s="57" t="s">
         <v>51</v>
       </c>
       <c r="E130" s="35">
         <v>45961</v>
       </c>
       <c r="F130" s="25">
         <v>4</v>
       </c>
       <c r="G130" s="25" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B131" s="29" t="s">
         <v>285</v>
       </c>
       <c r="C131" s="43" t="s">
         <v>286</v>
       </c>
       <c r="D131" s="52" t="s">
         <v>41</v>
       </c>
       <c r="E131" s="35">
         <v>45968</v>
       </c>
       <c r="F131" s="25">
         <v>23</v>
       </c>
       <c r="G131" s="25" t="s">
-        <v>252</v>
+        <v>11</v>
       </c>
     </row>
     <row r="132" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B132" s="29" t="s">
         <v>287</v>
       </c>
       <c r="C132" s="58" t="s">
         <v>288</v>
       </c>
       <c r="D132" s="57" t="s">
         <v>289</v>
       </c>
       <c r="E132" s="35">
         <v>45968</v>
       </c>
       <c r="F132" s="25">
         <v>2</v>
       </c>
       <c r="G132" s="25" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B133" s="25" t="s">
         <v>290</v>
       </c>
       <c r="C133" s="56" t="s">
         <v>291</v>
       </c>
       <c r="D133" s="54" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="26">
         <v>45975</v>
       </c>
       <c r="F133" s="25">
         <v>1</v>
       </c>
       <c r="G133" s="25" t="s">
-        <v>252</v>
+        <v>11</v>
       </c>
     </row>
     <row r="134" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B134" s="25" t="s">
         <v>292</v>
       </c>
       <c r="C134" s="56" t="s">
         <v>293</v>
       </c>
       <c r="D134" s="54" t="s">
         <v>20</v>
       </c>
       <c r="E134" s="26">
         <v>45979</v>
       </c>
       <c r="F134" s="25">
         <v>1</v>
       </c>
       <c r="G134" s="25" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
     </row>
     <row r="135" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B135" s="25" t="s">
         <v>294</v>
       </c>
       <c r="C135" s="56" t="s">
         <v>295</v>
       </c>
       <c r="D135" s="54" t="s">
         <v>20</v>
       </c>
       <c r="E135" s="26">
         <v>46022</v>
       </c>
       <c r="F135" s="25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G135" s="25" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
     </row>
     <row r="136" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B136" s="25" t="s">
         <v>296</v>
       </c>
       <c r="C136" s="56" t="s">
         <v>176</v>
       </c>
       <c r="D136" s="54" t="s">
         <v>107</v>
       </c>
       <c r="E136" s="26">
         <v>45979</v>
       </c>
       <c r="F136" s="25">
         <v>11</v>
       </c>
       <c r="G136" s="25" t="s">
-        <v>252</v>
+        <v>11</v>
       </c>
     </row>
     <row r="137" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B137" s="25" t="s">
         <v>297</v>
       </c>
       <c r="C137" s="56" t="s">
         <v>37</v>
       </c>
       <c r="D137" s="54" t="s">
         <v>69</v>
       </c>
       <c r="E137" s="26">
         <v>45982</v>
       </c>
       <c r="F137" s="25">
         <v>1</v>
       </c>
       <c r="G137" s="25" t="s">
-        <v>252</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B138" s="25" t="s">
         <v>298</v>
       </c>
       <c r="C138" s="56" t="s">
         <v>176</v>
       </c>
       <c r="D138" s="54" t="s">
         <v>69</v>
       </c>
       <c r="E138" s="26">
         <v>45985</v>
       </c>
       <c r="F138" s="25">
         <v>13</v>
       </c>
       <c r="G138" s="25" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
     </row>
     <row r="139" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B139" s="25" t="s">
         <v>299</v>
       </c>
       <c r="C139" s="56" t="s">
         <v>300</v>
       </c>
       <c r="D139" s="54" t="s">
         <v>17</v>
       </c>
       <c r="E139" s="26">
         <v>45991</v>
       </c>
       <c r="F139" s="25">
         <v>9</v>
       </c>
       <c r="G139" s="25" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
     </row>
     <row r="140" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B140" s="25" t="s">
         <v>301</v>
       </c>
       <c r="C140" s="56" t="s">
         <v>50</v>
       </c>
       <c r="D140" s="54" t="s">
         <v>79</v>
       </c>
       <c r="E140" s="26">
         <v>45988</v>
       </c>
       <c r="F140" s="25">
         <v>7</v>
       </c>
       <c r="G140" s="25" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
     </row>
     <row r="141" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B141" s="25" t="s">
         <v>302</v>
       </c>
       <c r="C141" s="56" t="s">
         <v>303</v>
       </c>
       <c r="D141" s="54" t="s">
         <v>45</v>
       </c>
       <c r="E141" s="26">
         <v>45995</v>
       </c>
       <c r="F141" s="25">
         <v>3</v>
       </c>
       <c r="G141" s="25" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
     </row>
     <row r="142" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B142" s="25" t="s">
         <v>304</v>
       </c>
       <c r="C142" s="56" t="s">
         <v>305</v>
       </c>
       <c r="D142" s="54" t="s">
-        <v>306</v>
+        <v>137</v>
       </c>
       <c r="E142" s="26">
         <v>45994</v>
       </c>
       <c r="F142" s="25">
         <v>9</v>
       </c>
       <c r="G142" s="25" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
     </row>
     <row r="143" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B143" s="25" t="s">
+        <v>306</v>
+      </c>
+      <c r="C143" s="56" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="D143" s="54" t="s">
         <v>190</v>
       </c>
       <c r="E143" s="26">
         <v>45995</v>
       </c>
       <c r="F143" s="25">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G143" s="25" t="s">
-        <v>252</v>
+        <v>11</v>
       </c>
     </row>
     <row r="144" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B144" s="25" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="C144" s="56" t="s">
         <v>50</v>
       </c>
       <c r="D144" s="54" t="s">
         <v>51</v>
       </c>
       <c r="E144" s="26">
         <v>45995</v>
       </c>
       <c r="F144" s="25">
         <v>7</v>
       </c>
       <c r="G144" s="25" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
     </row>
     <row r="145" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B145" s="25" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="C145" s="56" t="s">
         <v>50</v>
       </c>
       <c r="D145" s="54" t="s">
         <v>51</v>
       </c>
       <c r="E145" s="26">
         <v>46000</v>
       </c>
       <c r="F145" s="25">
         <v>8</v>
       </c>
       <c r="G145" s="25" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
     </row>
     <row r="146" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B146" s="25" t="s">
-        <v>319</v>
+        <v>310</v>
       </c>
       <c r="C146" s="56" t="s">
         <v>215</v>
       </c>
       <c r="D146" s="54" t="s">
         <v>41</v>
       </c>
       <c r="E146" s="26">
         <v>46006</v>
       </c>
       <c r="F146" s="25">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="G146" s="25" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
     </row>
     <row r="147" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B147" s="25" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="C147" s="56" t="s">
         <v>117</v>
       </c>
       <c r="D147" s="54" t="s">
         <v>41</v>
       </c>
       <c r="E147" s="26">
         <v>46006</v>
       </c>
       <c r="F147" s="25">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="G147" s="25" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
     </row>
     <row r="148" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B148" s="25" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C148" s="56" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="D148" s="54" t="s">
         <v>289</v>
       </c>
       <c r="E148" s="26">
         <v>46008</v>
       </c>
       <c r="F148" s="25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G148" s="25" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
     </row>
     <row r="149" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B149" s="25" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C149" s="56" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="D149" s="54" t="s">
         <v>32</v>
       </c>
       <c r="E149" s="26">
         <v>46009</v>
       </c>
       <c r="F149" s="25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G149" s="25" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
     </row>
     <row r="150" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B150" s="25" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C150" s="56" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D150" s="54" t="s">
         <v>32</v>
       </c>
       <c r="E150" s="26">
         <v>46010</v>
       </c>
       <c r="F150" s="25">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="G150" s="25" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
     </row>
     <row r="151" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B151" s="25" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C151" s="56" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="D151" s="54" t="s">
         <v>137</v>
       </c>
       <c r="E151" s="26">
         <v>46014</v>
       </c>
       <c r="F151" s="25">
+        <v>14</v>
+      </c>
+      <c r="G151" s="25" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="152" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B152" s="25" t="s">
+        <v>320</v>
+      </c>
+      <c r="C152" s="56" t="s">
+        <v>321</v>
+      </c>
+      <c r="D152" s="54" t="s">
+        <v>35</v>
+      </c>
+      <c r="E152" s="26">
+        <v>46030</v>
+      </c>
+      <c r="F152" s="25">
+        <v>3</v>
+      </c>
+      <c r="G152" s="25" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="153" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B153" s="25" t="s">
+        <v>322</v>
+      </c>
+      <c r="C153" s="56" t="s">
+        <v>323</v>
+      </c>
+      <c r="D153" s="54" t="s">
+        <v>45</v>
+      </c>
+      <c r="E153" s="26">
+        <v>46024</v>
+      </c>
+      <c r="F153" s="25">
+        <v>19</v>
+      </c>
+      <c r="G153" s="25" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="154" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B154" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="C154" s="56" t="s">
+        <v>494</v>
+      </c>
+      <c r="D154" s="54" t="s">
+        <v>17</v>
+      </c>
+      <c r="E154" s="26">
+        <v>46036</v>
+      </c>
+      <c r="F154" s="25">
+        <v>18</v>
+      </c>
+      <c r="G154" s="25" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="155" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B155" s="25" t="s">
+        <v>330</v>
+      </c>
+      <c r="C155" s="56" t="s">
+        <v>331</v>
+      </c>
+      <c r="D155" s="54" t="s">
+        <v>17</v>
+      </c>
+      <c r="E155" s="26">
+        <v>46029</v>
+      </c>
+      <c r="F155" s="25">
         <v>4</v>
       </c>
-      <c r="G151" s="25" t="s">
+      <c r="G155" s="25" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="156" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B156" s="25" t="s">
+        <v>324</v>
+      </c>
+      <c r="C156" s="56" t="s">
+        <v>325</v>
+      </c>
+      <c r="D156" s="54" t="s">
+        <v>48</v>
+      </c>
+      <c r="E156" s="26">
+        <v>46029</v>
+      </c>
+      <c r="F156" s="25">
+        <v>4</v>
+      </c>
+      <c r="G156" s="25" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="157" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B157" s="25" t="s">
+        <v>326</v>
+      </c>
+      <c r="C157" s="56" t="s">
+        <v>327</v>
+      </c>
+      <c r="D157" s="54" t="s">
+        <v>48</v>
+      </c>
+      <c r="E157" s="26">
+        <v>46029</v>
+      </c>
+      <c r="F157" s="25">
+        <v>10</v>
+      </c>
+      <c r="G157" s="25" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="158" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B158" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="C158" s="56" t="s">
+        <v>495</v>
+      </c>
+      <c r="D158" s="54" t="s">
+        <v>48</v>
+      </c>
+      <c r="E158" s="26">
+        <v>46050</v>
+      </c>
+      <c r="F158" s="25">
+        <v>7</v>
+      </c>
+      <c r="G158" s="25" t="s">
         <v>269</v>
       </c>
-    </row>
-[...54 lines deleted...]
-      <c r="G158" s="45"/>
     </row>
     <row r="159" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B159" s="45"/>
       <c r="C159" s="1"/>
       <c r="D159" s="1"/>
       <c r="E159" s="46"/>
       <c r="F159" s="45"/>
       <c r="G159" s="45"/>
     </row>
     <row r="160" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B160" s="45"/>
       <c r="C160" s="1"/>
       <c r="D160" s="1"/>
       <c r="E160" s="46"/>
       <c r="F160" s="45"/>
       <c r="G160" s="45"/>
     </row>
     <row r="161" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B161" s="45"/>
       <c r="C161" s="1"/>
       <c r="D161" s="1"/>
       <c r="E161" s="46"/>
       <c r="F161" s="45"/>
       <c r="G161" s="45"/>
     </row>
-    <row r="162" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-      <c r="G163" s="45"/>
+    <row r="162" spans="2:7" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B162" s="63" t="s">
+        <v>333</v>
+      </c>
+      <c r="C162" s="63"/>
+      <c r="D162" s="63"/>
+      <c r="E162" s="63"/>
+      <c r="F162" s="63"/>
+      <c r="G162" s="63"/>
+    </row>
+    <row r="163" spans="2:7" ht="45.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B163" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="C163" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D163" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="E163" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="F163" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="G163" s="9" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="164" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B164" s="45"/>
-[...4 lines deleted...]
-      <c r="G164" s="45"/>
+      <c r="B164" s="10" t="s">
+        <v>332</v>
+      </c>
+      <c r="C164" s="12" t="s">
+        <v>492</v>
+      </c>
+      <c r="D164" s="12" t="s">
+        <v>137</v>
+      </c>
+      <c r="E164" s="23">
+        <v>46042</v>
+      </c>
+      <c r="F164" s="24">
+        <v>7</v>
+      </c>
+      <c r="G164" s="24" t="s">
+        <v>252</v>
+      </c>
     </row>
     <row r="165" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B165" s="45"/>
-[...4 lines deleted...]
-      <c r="G165" s="45"/>
+      <c r="B165" s="25" t="s">
+        <v>334</v>
+      </c>
+      <c r="C165" s="12" t="s">
+        <v>493</v>
+      </c>
+      <c r="D165" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="E165" s="26">
+        <v>46043</v>
+      </c>
+      <c r="F165" s="24">
+        <v>6</v>
+      </c>
+      <c r="G165" s="24" t="s">
+        <v>252</v>
+      </c>
     </row>
     <row r="166" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B166" s="45"/>
-[...4 lines deleted...]
-      <c r="G166" s="45"/>
+      <c r="B166" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="C166" s="12" t="s">
+        <v>500</v>
+      </c>
+      <c r="D166" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="E166" s="26">
+        <v>46057</v>
+      </c>
+      <c r="F166" s="24">
+        <v>3</v>
+      </c>
+      <c r="G166" s="24" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="167" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B167" s="45"/>
-[...4 lines deleted...]
-      <c r="G167" s="45"/>
+      <c r="B167" s="60" t="s">
+        <v>336</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D167" s="33" t="s">
+        <v>32</v>
+      </c>
+      <c r="E167" s="42">
+        <v>46045</v>
+      </c>
+      <c r="F167" s="24">
+        <v>4</v>
+      </c>
+      <c r="G167" s="24" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="168" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B168" s="45"/>
-[...4 lines deleted...]
-      <c r="G168" s="45"/>
+      <c r="B168" s="41" t="s">
+        <v>337</v>
+      </c>
+      <c r="C168" s="18" t="s">
+        <v>244</v>
+      </c>
+      <c r="D168" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E168" s="59">
+        <v>46050</v>
+      </c>
+      <c r="F168" s="41">
+        <v>11</v>
+      </c>
+      <c r="G168" s="41" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="169" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B169" s="45"/>
-[...4 lines deleted...]
-      <c r="G169" s="45"/>
+      <c r="B169" s="41" t="s">
+        <v>338</v>
+      </c>
+      <c r="C169" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D169" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E169" s="59">
+        <v>46051</v>
+      </c>
+      <c r="F169" s="41">
+        <v>8</v>
+      </c>
+      <c r="G169" s="41" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="170" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B170" s="45"/>
-[...4 lines deleted...]
-      <c r="G170" s="45"/>
+      <c r="B170" s="41" t="s">
+        <v>339</v>
+      </c>
+      <c r="C170" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D170" s="18" t="s">
+        <v>497</v>
+      </c>
+      <c r="E170" s="59">
+        <v>46052</v>
+      </c>
+      <c r="F170" s="41">
+        <v>7</v>
+      </c>
+      <c r="G170" s="41" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="171" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B171" s="45"/>
-[...4 lines deleted...]
-      <c r="G171" s="45"/>
+      <c r="B171" s="41" t="s">
+        <v>340</v>
+      </c>
+      <c r="C171" s="18" t="s">
+        <v>498</v>
+      </c>
+      <c r="D171" s="18" t="s">
+        <v>497</v>
+      </c>
+      <c r="E171" s="59">
+        <v>46052</v>
+      </c>
+      <c r="F171" s="41">
+        <v>5</v>
+      </c>
+      <c r="G171" s="41" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="172" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B172" s="45"/>
-[...4 lines deleted...]
-      <c r="G172" s="45"/>
+      <c r="B172" s="41" t="s">
+        <v>341</v>
+      </c>
+      <c r="C172" s="18" t="s">
+        <v>176</v>
+      </c>
+      <c r="D172" s="18" t="s">
+        <v>174</v>
+      </c>
+      <c r="E172" s="59">
+        <v>46052</v>
+      </c>
+      <c r="F172" s="41">
+        <v>6</v>
+      </c>
+      <c r="G172" s="41" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="173" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B173" s="45"/>
-[...4 lines deleted...]
-      <c r="G173" s="45"/>
+      <c r="B173" s="41" t="s">
+        <v>342</v>
+      </c>
+      <c r="C173" s="18" t="s">
+        <v>496</v>
+      </c>
+      <c r="D173" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="59">
+        <v>46050</v>
+      </c>
+      <c r="F173" s="41">
+        <v>27</v>
+      </c>
+      <c r="G173" s="41" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="174" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B174" s="45"/>
-[...4 lines deleted...]
-      <c r="G174" s="45"/>
+      <c r="B174" s="41" t="s">
+        <v>343</v>
+      </c>
+      <c r="C174" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="D174" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E174" s="59">
+        <v>46050</v>
+      </c>
+      <c r="F174" s="41">
+        <v>6</v>
+      </c>
+      <c r="G174" s="41" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="175" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B175" s="45"/>
-[...4 lines deleted...]
-      <c r="G175" s="45"/>
+      <c r="B175" s="41" t="s">
+        <v>344</v>
+      </c>
+      <c r="C175" s="18" t="s">
+        <v>499</v>
+      </c>
+      <c r="D175" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E175" s="59">
+        <v>46057</v>
+      </c>
+      <c r="F175" s="41">
+        <v>5</v>
+      </c>
+      <c r="G175" s="41" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="176" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B176" s="45"/>
-[...4 lines deleted...]
-      <c r="G176" s="45"/>
+      <c r="B176" s="41" t="s">
+        <v>345</v>
+      </c>
+      <c r="C176" s="18" t="s">
+        <v>501</v>
+      </c>
+      <c r="D176" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E176" s="59">
+        <v>46062</v>
+      </c>
+      <c r="F176" s="41">
+        <v>2</v>
+      </c>
+      <c r="G176" s="41" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="177" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B177" s="45"/>
-[...540 lines deleted...]
-      <c r="G244" s="45"/>
+      <c r="B177" s="41" t="s">
+        <v>346</v>
+      </c>
+      <c r="C177" s="18" t="s">
+        <v>502</v>
+      </c>
+      <c r="D177" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E177" s="59">
+        <v>46065</v>
+      </c>
+      <c r="F177" s="41">
+        <v>0</v>
+      </c>
+      <c r="G177" s="41" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="178" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B178" s="41" t="s">
+        <v>343</v>
+      </c>
+      <c r="C178" s="18"/>
+      <c r="D178" s="18"/>
+      <c r="E178" s="59"/>
+      <c r="F178" s="41"/>
+      <c r="G178" s="41"/>
+    </row>
+    <row r="179" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B179" s="41" t="s">
+        <v>344</v>
+      </c>
+      <c r="C179" s="18"/>
+      <c r="D179" s="18"/>
+      <c r="E179" s="59"/>
+      <c r="F179" s="41"/>
+      <c r="G179" s="41"/>
+    </row>
+    <row r="180" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B180" s="41" t="s">
+        <v>345</v>
+      </c>
+      <c r="C180" s="18"/>
+      <c r="D180" s="18"/>
+      <c r="E180" s="59"/>
+      <c r="F180" s="41"/>
+      <c r="G180" s="41"/>
+    </row>
+    <row r="181" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B181" s="41" t="s">
+        <v>346</v>
+      </c>
+      <c r="C181" s="18"/>
+      <c r="D181" s="18"/>
+      <c r="E181" s="59"/>
+      <c r="F181" s="41"/>
+      <c r="G181" s="41"/>
+    </row>
+    <row r="182" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B182" s="41" t="s">
+        <v>347</v>
+      </c>
+      <c r="C182" s="18"/>
+      <c r="D182" s="18"/>
+      <c r="E182" s="59"/>
+      <c r="F182" s="41"/>
+      <c r="G182" s="41"/>
+    </row>
+    <row r="183" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B183" s="41" t="s">
+        <v>348</v>
+      </c>
+      <c r="C183" s="18"/>
+      <c r="D183" s="18"/>
+      <c r="E183" s="59"/>
+      <c r="F183" s="41"/>
+      <c r="G183" s="41"/>
+    </row>
+    <row r="184" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B184" s="41" t="s">
+        <v>349</v>
+      </c>
+      <c r="C184" s="18"/>
+      <c r="D184" s="18"/>
+      <c r="E184" s="59"/>
+      <c r="F184" s="41"/>
+      <c r="G184" s="41"/>
+    </row>
+    <row r="185" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B185" s="41" t="s">
+        <v>350</v>
+      </c>
+      <c r="C185" s="18"/>
+      <c r="D185" s="18"/>
+      <c r="E185" s="59"/>
+      <c r="F185" s="41"/>
+      <c r="G185" s="41"/>
+    </row>
+    <row r="186" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B186" s="41" t="s">
+        <v>351</v>
+      </c>
+      <c r="C186" s="18"/>
+      <c r="D186" s="18"/>
+      <c r="E186" s="59"/>
+      <c r="F186" s="41"/>
+      <c r="G186" s="41"/>
+    </row>
+    <row r="187" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B187" s="41" t="s">
+        <v>352</v>
+      </c>
+      <c r="C187" s="18"/>
+      <c r="D187" s="18"/>
+      <c r="E187" s="59"/>
+      <c r="F187" s="41"/>
+      <c r="G187" s="41"/>
+    </row>
+    <row r="188" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B188" s="41" t="s">
+        <v>353</v>
+      </c>
+      <c r="C188" s="18"/>
+      <c r="D188" s="18"/>
+      <c r="E188" s="59"/>
+      <c r="F188" s="41"/>
+      <c r="G188" s="41"/>
+    </row>
+    <row r="189" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B189" s="41" t="s">
+        <v>354</v>
+      </c>
+      <c r="C189" s="18"/>
+      <c r="D189" s="18"/>
+      <c r="E189" s="59"/>
+      <c r="F189" s="41"/>
+      <c r="G189" s="41"/>
+    </row>
+    <row r="190" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B190" s="41" t="s">
+        <v>355</v>
+      </c>
+      <c r="C190" s="18"/>
+      <c r="D190" s="18"/>
+      <c r="E190" s="59"/>
+      <c r="F190" s="41"/>
+      <c r="G190" s="41"/>
+    </row>
+    <row r="191" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B191" s="41" t="s">
+        <v>356</v>
+      </c>
+      <c r="C191" s="18"/>
+      <c r="D191" s="18"/>
+      <c r="E191" s="59"/>
+      <c r="F191" s="41"/>
+      <c r="G191" s="41"/>
+    </row>
+    <row r="192" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B192" s="41" t="s">
+        <v>357</v>
+      </c>
+      <c r="C192" s="18"/>
+      <c r="D192" s="18"/>
+      <c r="E192" s="59"/>
+      <c r="F192" s="41"/>
+      <c r="G192" s="41"/>
+    </row>
+    <row r="193" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B193" s="41" t="s">
+        <v>358</v>
+      </c>
+      <c r="C193" s="18"/>
+      <c r="D193" s="18"/>
+      <c r="E193" s="59"/>
+      <c r="F193" s="41"/>
+      <c r="G193" s="41"/>
+    </row>
+    <row r="194" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B194" s="41" t="s">
+        <v>359</v>
+      </c>
+      <c r="C194" s="18"/>
+      <c r="D194" s="18"/>
+      <c r="E194" s="59"/>
+      <c r="F194" s="41"/>
+      <c r="G194" s="41"/>
+    </row>
+    <row r="195" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B195" s="41" t="s">
+        <v>360</v>
+      </c>
+      <c r="C195" s="18"/>
+      <c r="D195" s="18"/>
+      <c r="E195" s="59"/>
+      <c r="F195" s="41"/>
+      <c r="G195" s="41"/>
+    </row>
+    <row r="196" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B196" s="41" t="s">
+        <v>361</v>
+      </c>
+      <c r="C196" s="18"/>
+      <c r="D196" s="18"/>
+      <c r="E196" s="59"/>
+      <c r="F196" s="41"/>
+      <c r="G196" s="41"/>
+    </row>
+    <row r="197" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B197" s="41" t="s">
+        <v>362</v>
+      </c>
+      <c r="C197" s="18"/>
+      <c r="D197" s="18"/>
+      <c r="E197" s="59"/>
+      <c r="F197" s="41"/>
+      <c r="G197" s="41"/>
+    </row>
+    <row r="198" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B198" s="41" t="s">
+        <v>363</v>
+      </c>
+      <c r="C198" s="18"/>
+      <c r="D198" s="18"/>
+      <c r="E198" s="59"/>
+      <c r="F198" s="41"/>
+      <c r="G198" s="41"/>
+    </row>
+    <row r="199" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B199" s="41" t="s">
+        <v>364</v>
+      </c>
+      <c r="C199" s="18"/>
+      <c r="D199" s="18"/>
+      <c r="E199" s="59"/>
+      <c r="F199" s="41"/>
+      <c r="G199" s="41"/>
+    </row>
+    <row r="200" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B200" s="41" t="s">
+        <v>365</v>
+      </c>
+      <c r="C200" s="18"/>
+      <c r="D200" s="18"/>
+      <c r="E200" s="59"/>
+      <c r="F200" s="41"/>
+      <c r="G200" s="41"/>
+    </row>
+    <row r="201" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B201" s="41" t="s">
+        <v>366</v>
+      </c>
+      <c r="C201" s="18"/>
+      <c r="D201" s="18"/>
+      <c r="E201" s="59"/>
+      <c r="F201" s="41"/>
+      <c r="G201" s="41"/>
+    </row>
+    <row r="202" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B202" s="41" t="s">
+        <v>367</v>
+      </c>
+      <c r="C202" s="18"/>
+      <c r="D202" s="18"/>
+      <c r="E202" s="59"/>
+      <c r="F202" s="41"/>
+      <c r="G202" s="41"/>
+    </row>
+    <row r="203" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B203" s="41" t="s">
+        <v>368</v>
+      </c>
+      <c r="C203" s="18"/>
+      <c r="D203" s="18"/>
+      <c r="E203" s="59"/>
+      <c r="F203" s="41"/>
+      <c r="G203" s="41"/>
+    </row>
+    <row r="204" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B204" s="41" t="s">
+        <v>369</v>
+      </c>
+      <c r="C204" s="18"/>
+      <c r="D204" s="18"/>
+      <c r="E204" s="59"/>
+      <c r="F204" s="41"/>
+      <c r="G204" s="41"/>
+    </row>
+    <row r="205" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B205" s="41" t="s">
+        <v>370</v>
+      </c>
+      <c r="C205" s="18"/>
+      <c r="D205" s="18"/>
+      <c r="E205" s="59"/>
+      <c r="F205" s="41"/>
+      <c r="G205" s="41"/>
+    </row>
+    <row r="206" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B206" s="41" t="s">
+        <v>371</v>
+      </c>
+      <c r="C206" s="18"/>
+      <c r="D206" s="18"/>
+      <c r="E206" s="59"/>
+      <c r="F206" s="41"/>
+      <c r="G206" s="41"/>
+    </row>
+    <row r="207" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B207" s="41" t="s">
+        <v>372</v>
+      </c>
+      <c r="C207" s="18"/>
+      <c r="D207" s="18"/>
+      <c r="E207" s="59"/>
+      <c r="F207" s="41"/>
+      <c r="G207" s="41"/>
+    </row>
+    <row r="208" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B208" s="41" t="s">
+        <v>373</v>
+      </c>
+      <c r="C208" s="18"/>
+      <c r="D208" s="18"/>
+      <c r="E208" s="59"/>
+      <c r="F208" s="41"/>
+      <c r="G208" s="41"/>
+    </row>
+    <row r="209" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B209" s="41" t="s">
+        <v>374</v>
+      </c>
+      <c r="C209" s="18"/>
+      <c r="D209" s="18"/>
+      <c r="E209" s="59"/>
+      <c r="F209" s="41"/>
+      <c r="G209" s="41"/>
+    </row>
+    <row r="210" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B210" s="41" t="s">
+        <v>375</v>
+      </c>
+      <c r="C210" s="18"/>
+      <c r="D210" s="18"/>
+      <c r="E210" s="59"/>
+      <c r="F210" s="41"/>
+      <c r="G210" s="41"/>
+    </row>
+    <row r="211" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B211" s="41" t="s">
+        <v>376</v>
+      </c>
+      <c r="C211" s="18"/>
+      <c r="D211" s="18"/>
+      <c r="E211" s="59"/>
+      <c r="F211" s="41"/>
+      <c r="G211" s="41"/>
+    </row>
+    <row r="212" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B212" s="41" t="s">
+        <v>377</v>
+      </c>
+      <c r="C212" s="18"/>
+      <c r="D212" s="18"/>
+      <c r="E212" s="59"/>
+      <c r="F212" s="41"/>
+      <c r="G212" s="41"/>
+    </row>
+    <row r="213" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B213" s="41" t="s">
+        <v>378</v>
+      </c>
+      <c r="C213" s="18"/>
+      <c r="D213" s="18"/>
+      <c r="E213" s="59"/>
+      <c r="F213" s="41"/>
+      <c r="G213" s="41"/>
+    </row>
+    <row r="214" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B214" s="41" t="s">
+        <v>379</v>
+      </c>
+      <c r="C214" s="18"/>
+      <c r="D214" s="18"/>
+      <c r="E214" s="59"/>
+      <c r="F214" s="41"/>
+      <c r="G214" s="41"/>
+    </row>
+    <row r="215" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B215" s="41" t="s">
+        <v>380</v>
+      </c>
+      <c r="C215" s="18"/>
+      <c r="D215" s="18"/>
+      <c r="E215" s="59"/>
+      <c r="F215" s="41"/>
+      <c r="G215" s="41"/>
+    </row>
+    <row r="216" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B216" s="41" t="s">
+        <v>381</v>
+      </c>
+      <c r="C216" s="18"/>
+      <c r="D216" s="18"/>
+      <c r="E216" s="59"/>
+      <c r="F216" s="41"/>
+      <c r="G216" s="41"/>
+    </row>
+    <row r="217" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B217" s="41" t="s">
+        <v>382</v>
+      </c>
+      <c r="C217" s="18"/>
+      <c r="D217" s="18"/>
+      <c r="E217" s="59"/>
+      <c r="F217" s="41"/>
+      <c r="G217" s="41"/>
+    </row>
+    <row r="218" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B218" s="41" t="s">
+        <v>383</v>
+      </c>
+      <c r="C218" s="18"/>
+      <c r="D218" s="18"/>
+      <c r="E218" s="59"/>
+      <c r="F218" s="41"/>
+      <c r="G218" s="41"/>
+    </row>
+    <row r="219" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B219" s="41" t="s">
+        <v>384</v>
+      </c>
+      <c r="C219" s="18"/>
+      <c r="D219" s="18"/>
+      <c r="E219" s="59"/>
+      <c r="F219" s="41"/>
+      <c r="G219" s="41"/>
+    </row>
+    <row r="220" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B220" s="41" t="s">
+        <v>385</v>
+      </c>
+      <c r="C220" s="18"/>
+      <c r="D220" s="18"/>
+      <c r="E220" s="59"/>
+      <c r="F220" s="41"/>
+      <c r="G220" s="41"/>
+    </row>
+    <row r="221" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B221" s="41" t="s">
+        <v>386</v>
+      </c>
+      <c r="C221" s="18"/>
+      <c r="D221" s="18"/>
+      <c r="E221" s="59"/>
+      <c r="F221" s="41"/>
+      <c r="G221" s="41"/>
+    </row>
+    <row r="222" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B222" s="41" t="s">
+        <v>387</v>
+      </c>
+      <c r="C222" s="18"/>
+      <c r="D222" s="18"/>
+      <c r="E222" s="59"/>
+      <c r="F222" s="41"/>
+      <c r="G222" s="41"/>
+    </row>
+    <row r="223" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B223" s="41" t="s">
+        <v>388</v>
+      </c>
+      <c r="C223" s="18"/>
+      <c r="D223" s="18"/>
+      <c r="E223" s="59"/>
+      <c r="F223" s="41"/>
+      <c r="G223" s="41"/>
+    </row>
+    <row r="224" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B224" s="41" t="s">
+        <v>389</v>
+      </c>
+      <c r="C224" s="18"/>
+      <c r="D224" s="18"/>
+      <c r="E224" s="59"/>
+      <c r="F224" s="41"/>
+      <c r="G224" s="41"/>
+    </row>
+    <row r="225" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B225" s="41" t="s">
+        <v>390</v>
+      </c>
+      <c r="C225" s="18"/>
+      <c r="D225" s="18"/>
+      <c r="E225" s="59"/>
+      <c r="F225" s="41"/>
+      <c r="G225" s="41"/>
+    </row>
+    <row r="226" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B226" s="41" t="s">
+        <v>391</v>
+      </c>
+      <c r="C226" s="18"/>
+      <c r="D226" s="18"/>
+      <c r="E226" s="59"/>
+      <c r="F226" s="41"/>
+      <c r="G226" s="41"/>
+    </row>
+    <row r="227" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B227" s="41" t="s">
+        <v>392</v>
+      </c>
+      <c r="C227" s="18"/>
+      <c r="D227" s="18"/>
+      <c r="E227" s="59"/>
+      <c r="F227" s="41"/>
+      <c r="G227" s="41"/>
+    </row>
+    <row r="228" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B228" s="41" t="s">
+        <v>393</v>
+      </c>
+      <c r="C228" s="18"/>
+      <c r="D228" s="18"/>
+      <c r="E228" s="59"/>
+      <c r="F228" s="41"/>
+      <c r="G228" s="41"/>
+    </row>
+    <row r="229" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B229" s="41" t="s">
+        <v>394</v>
+      </c>
+      <c r="C229" s="18"/>
+      <c r="D229" s="18"/>
+      <c r="E229" s="59"/>
+      <c r="F229" s="41"/>
+      <c r="G229" s="41"/>
+    </row>
+    <row r="230" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B230" s="41" t="s">
+        <v>395</v>
+      </c>
+      <c r="C230" s="18"/>
+      <c r="D230" s="18"/>
+      <c r="E230" s="59"/>
+      <c r="F230" s="41"/>
+      <c r="G230" s="41"/>
+    </row>
+    <row r="231" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B231" s="41" t="s">
+        <v>396</v>
+      </c>
+      <c r="C231" s="18"/>
+      <c r="D231" s="18"/>
+      <c r="E231" s="59"/>
+      <c r="F231" s="41"/>
+      <c r="G231" s="41"/>
+    </row>
+    <row r="232" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B232" s="41" t="s">
+        <v>397</v>
+      </c>
+      <c r="C232" s="18"/>
+      <c r="D232" s="18"/>
+      <c r="E232" s="59"/>
+      <c r="F232" s="41"/>
+      <c r="G232" s="41"/>
+    </row>
+    <row r="233" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B233" s="41" t="s">
+        <v>398</v>
+      </c>
+      <c r="C233" s="18"/>
+      <c r="D233" s="18"/>
+      <c r="E233" s="59"/>
+      <c r="F233" s="41"/>
+      <c r="G233" s="41"/>
+    </row>
+    <row r="234" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B234" s="41" t="s">
+        <v>399</v>
+      </c>
+      <c r="C234" s="18"/>
+      <c r="D234" s="18"/>
+      <c r="E234" s="59"/>
+      <c r="F234" s="41"/>
+      <c r="G234" s="41"/>
+    </row>
+    <row r="235" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B235" s="41" t="s">
+        <v>400</v>
+      </c>
+      <c r="C235" s="18"/>
+      <c r="D235" s="18"/>
+      <c r="E235" s="59"/>
+      <c r="F235" s="41"/>
+      <c r="G235" s="41"/>
+    </row>
+    <row r="236" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B236" s="41" t="s">
+        <v>401</v>
+      </c>
+      <c r="C236" s="18"/>
+      <c r="D236" s="18"/>
+      <c r="E236" s="59"/>
+      <c r="F236" s="41"/>
+      <c r="G236" s="41"/>
+    </row>
+    <row r="237" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B237" s="41" t="s">
+        <v>402</v>
+      </c>
+      <c r="C237" s="18"/>
+      <c r="D237" s="18"/>
+      <c r="E237" s="59"/>
+      <c r="F237" s="41"/>
+      <c r="G237" s="41"/>
+    </row>
+    <row r="238" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B238" s="41" t="s">
+        <v>403</v>
+      </c>
+      <c r="C238" s="18"/>
+      <c r="D238" s="18"/>
+      <c r="E238" s="59"/>
+      <c r="F238" s="41"/>
+      <c r="G238" s="41"/>
+    </row>
+    <row r="239" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B239" s="41" t="s">
+        <v>404</v>
+      </c>
+      <c r="C239" s="18"/>
+      <c r="D239" s="18"/>
+      <c r="E239" s="59"/>
+      <c r="F239" s="41"/>
+      <c r="G239" s="41"/>
+    </row>
+    <row r="240" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B240" s="41" t="s">
+        <v>405</v>
+      </c>
+      <c r="C240" s="18"/>
+      <c r="D240" s="18"/>
+      <c r="E240" s="59"/>
+      <c r="F240" s="41"/>
+      <c r="G240" s="41"/>
+    </row>
+    <row r="241" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B241" s="41" t="s">
+        <v>406</v>
+      </c>
+      <c r="C241" s="18"/>
+      <c r="D241" s="18"/>
+      <c r="E241" s="59"/>
+      <c r="F241" s="41"/>
+      <c r="G241" s="41"/>
+    </row>
+    <row r="242" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B242" s="41" t="s">
+        <v>407</v>
+      </c>
+      <c r="C242" s="18"/>
+      <c r="D242" s="18"/>
+      <c r="E242" s="59"/>
+      <c r="F242" s="41"/>
+      <c r="G242" s="41"/>
+    </row>
+    <row r="243" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B243" s="41" t="s">
+        <v>408</v>
+      </c>
+      <c r="C243" s="18"/>
+      <c r="D243" s="18"/>
+      <c r="E243" s="59"/>
+      <c r="F243" s="41"/>
+      <c r="G243" s="41"/>
+    </row>
+    <row r="244" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B244" s="41" t="s">
+        <v>409</v>
+      </c>
+      <c r="C244" s="18"/>
+      <c r="D244" s="18"/>
+      <c r="E244" s="59"/>
+      <c r="F244" s="41"/>
+      <c r="G244" s="41"/>
+    </row>
+    <row r="245" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B245" s="41" t="s">
+        <v>410</v>
+      </c>
+      <c r="C245" s="18"/>
+      <c r="D245" s="18"/>
+      <c r="E245" s="59"/>
+      <c r="F245" s="41"/>
+      <c r="G245" s="41"/>
+    </row>
+    <row r="246" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B246" s="41" t="s">
+        <v>411</v>
+      </c>
+      <c r="C246" s="18"/>
+      <c r="D246" s="18"/>
+      <c r="E246" s="59"/>
+      <c r="F246" s="41"/>
+      <c r="G246" s="41"/>
+    </row>
+    <row r="247" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B247" s="41" t="s">
+        <v>412</v>
+      </c>
+      <c r="C247" s="18"/>
+      <c r="D247" s="18"/>
+      <c r="E247" s="59"/>
+      <c r="F247" s="41"/>
+      <c r="G247" s="41"/>
+    </row>
+    <row r="248" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B248" s="41" t="s">
+        <v>413</v>
+      </c>
+      <c r="C248" s="18"/>
+      <c r="D248" s="18"/>
+      <c r="E248" s="59"/>
+      <c r="F248" s="41"/>
+      <c r="G248" s="41"/>
+    </row>
+    <row r="249" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B249" s="41" t="s">
+        <v>414</v>
+      </c>
+      <c r="C249" s="18"/>
+      <c r="D249" s="18"/>
+      <c r="E249" s="59"/>
+      <c r="F249" s="41"/>
+      <c r="G249" s="41"/>
+    </row>
+    <row r="250" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B250" s="41" t="s">
+        <v>415</v>
+      </c>
+      <c r="C250" s="18"/>
+      <c r="D250" s="18"/>
+      <c r="E250" s="59"/>
+      <c r="F250" s="41"/>
+      <c r="G250" s="41"/>
+    </row>
+    <row r="251" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B251" s="41" t="s">
+        <v>416</v>
+      </c>
+      <c r="C251" s="18"/>
+      <c r="D251" s="18"/>
+      <c r="E251" s="59"/>
+      <c r="F251" s="41"/>
+      <c r="G251" s="41"/>
+    </row>
+    <row r="252" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B252" s="41" t="s">
+        <v>417</v>
+      </c>
+      <c r="C252" s="18"/>
+      <c r="D252" s="18"/>
+      <c r="E252" s="59"/>
+      <c r="F252" s="41"/>
+      <c r="G252" s="41"/>
+    </row>
+    <row r="253" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B253" s="41" t="s">
+        <v>418</v>
+      </c>
+      <c r="C253" s="18"/>
+      <c r="D253" s="18"/>
+      <c r="E253" s="59"/>
+      <c r="F253" s="41"/>
+      <c r="G253" s="41"/>
+    </row>
+    <row r="254" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B254" s="41" t="s">
+        <v>419</v>
+      </c>
+      <c r="C254" s="18"/>
+      <c r="D254" s="18"/>
+      <c r="E254" s="59"/>
+      <c r="F254" s="41"/>
+      <c r="G254" s="41"/>
+    </row>
+    <row r="255" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B255" s="41" t="s">
+        <v>420</v>
+      </c>
+      <c r="C255" s="16"/>
+      <c r="D255" s="16"/>
+      <c r="E255" s="61"/>
+      <c r="F255" s="61"/>
+      <c r="G255" s="61"/>
+    </row>
+    <row r="256" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B256" s="41" t="s">
+        <v>421</v>
+      </c>
+      <c r="C256" s="16"/>
+      <c r="D256" s="16"/>
+      <c r="E256" s="61"/>
+      <c r="F256" s="61"/>
+      <c r="G256" s="61"/>
+    </row>
+    <row r="257" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B257" s="41" t="s">
+        <v>422</v>
+      </c>
+      <c r="C257" s="16"/>
+      <c r="D257" s="16"/>
+      <c r="E257" s="61"/>
+      <c r="F257" s="61"/>
+      <c r="G257" s="61"/>
+    </row>
+    <row r="258" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B258" s="41" t="s">
+        <v>423</v>
+      </c>
+      <c r="C258" s="16"/>
+      <c r="D258" s="16"/>
+      <c r="E258" s="61"/>
+      <c r="F258" s="61"/>
+      <c r="G258" s="61"/>
+    </row>
+    <row r="259" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B259" s="41" t="s">
+        <v>424</v>
+      </c>
+      <c r="C259" s="16"/>
+      <c r="D259" s="16"/>
+      <c r="E259" s="61"/>
+      <c r="F259" s="61"/>
+      <c r="G259" s="61"/>
+    </row>
+    <row r="260" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B260" s="41" t="s">
+        <v>425</v>
+      </c>
+      <c r="C260" s="16"/>
+      <c r="D260" s="16"/>
+      <c r="E260" s="61"/>
+      <c r="F260" s="61"/>
+      <c r="G260" s="61"/>
+    </row>
+    <row r="261" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B261" s="41" t="s">
+        <v>426</v>
+      </c>
+      <c r="C261" s="16"/>
+      <c r="D261" s="16"/>
+      <c r="E261" s="61"/>
+      <c r="F261" s="61"/>
+      <c r="G261" s="61"/>
+    </row>
+    <row r="262" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B262" s="41" t="s">
+        <v>427</v>
+      </c>
+      <c r="C262" s="16"/>
+      <c r="D262" s="16"/>
+      <c r="E262" s="61"/>
+      <c r="F262" s="61"/>
+      <c r="G262" s="61"/>
+    </row>
+    <row r="263" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B263" s="41" t="s">
+        <v>428</v>
+      </c>
+      <c r="C263" s="16"/>
+      <c r="D263" s="16"/>
+      <c r="E263" s="61"/>
+      <c r="F263" s="61"/>
+      <c r="G263" s="61"/>
+    </row>
+    <row r="264" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B264" s="41" t="s">
+        <v>429</v>
+      </c>
+      <c r="C264" s="16"/>
+      <c r="D264" s="16"/>
+      <c r="E264" s="61"/>
+      <c r="F264" s="61"/>
+      <c r="G264" s="61"/>
+    </row>
+    <row r="265" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B265" s="41" t="s">
+        <v>430</v>
+      </c>
+      <c r="C265" s="16"/>
+      <c r="D265" s="16"/>
+      <c r="E265" s="61"/>
+      <c r="F265" s="61"/>
+      <c r="G265" s="61"/>
+    </row>
+    <row r="266" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B266" s="41" t="s">
+        <v>431</v>
+      </c>
+      <c r="C266" s="16"/>
+      <c r="D266" s="16"/>
+      <c r="E266" s="61"/>
+      <c r="F266" s="61"/>
+      <c r="G266" s="61"/>
+    </row>
+    <row r="267" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B267" s="41" t="s">
+        <v>432</v>
+      </c>
+      <c r="C267" s="16"/>
+      <c r="D267" s="16"/>
+      <c r="E267" s="61"/>
+      <c r="F267" s="61"/>
+      <c r="G267" s="61"/>
+    </row>
+    <row r="268" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B268" s="41" t="s">
+        <v>433</v>
+      </c>
+      <c r="C268" s="16"/>
+      <c r="D268" s="16"/>
+      <c r="E268" s="61"/>
+      <c r="F268" s="61"/>
+      <c r="G268" s="61"/>
+    </row>
+    <row r="269" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B269" s="41" t="s">
+        <v>434</v>
+      </c>
+      <c r="C269" s="16"/>
+      <c r="D269" s="16"/>
+      <c r="E269" s="61"/>
+      <c r="F269" s="61"/>
+      <c r="G269" s="61"/>
+    </row>
+    <row r="270" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B270" s="41" t="s">
+        <v>435</v>
+      </c>
+      <c r="C270" s="16"/>
+      <c r="D270" s="16"/>
+      <c r="E270" s="61"/>
+      <c r="F270" s="61"/>
+      <c r="G270" s="61"/>
+    </row>
+    <row r="271" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B271" s="41" t="s">
+        <v>436</v>
+      </c>
+      <c r="C271" s="16"/>
+      <c r="D271" s="16"/>
+      <c r="E271" s="61"/>
+      <c r="F271" s="61"/>
+      <c r="G271" s="61"/>
+    </row>
+    <row r="272" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B272" s="41" t="s">
+        <v>437</v>
+      </c>
+      <c r="C272" s="16"/>
+      <c r="D272" s="16"/>
+      <c r="E272" s="61"/>
+      <c r="F272" s="61"/>
+      <c r="G272" s="61"/>
+    </row>
+    <row r="273" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B273" s="41" t="s">
+        <v>438</v>
+      </c>
+      <c r="C273" s="16"/>
+      <c r="D273" s="16"/>
+      <c r="E273" s="61"/>
+      <c r="F273" s="61"/>
+      <c r="G273" s="61"/>
+    </row>
+    <row r="274" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B274" s="41" t="s">
+        <v>243</v>
+      </c>
+      <c r="C274" s="16"/>
+      <c r="D274" s="16"/>
+      <c r="E274" s="61"/>
+      <c r="F274" s="61"/>
+      <c r="G274" s="61"/>
+    </row>
+    <row r="275" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B275" s="41" t="s">
+        <v>439</v>
+      </c>
+      <c r="C275" s="16"/>
+      <c r="D275" s="16"/>
+      <c r="E275" s="61"/>
+      <c r="F275" s="61"/>
+      <c r="G275" s="61"/>
+    </row>
+    <row r="276" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B276" s="41" t="s">
+        <v>440</v>
+      </c>
+      <c r="C276" s="16"/>
+      <c r="D276" s="16"/>
+      <c r="E276" s="61"/>
+      <c r="F276" s="61"/>
+      <c r="G276" s="61"/>
+    </row>
+    <row r="277" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B277" s="41" t="s">
+        <v>441</v>
+      </c>
+      <c r="C277" s="16"/>
+      <c r="D277" s="16"/>
+      <c r="E277" s="61"/>
+      <c r="F277" s="61"/>
+      <c r="G277" s="61"/>
+    </row>
+    <row r="278" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B278" s="41" t="s">
+        <v>442</v>
+      </c>
+      <c r="C278" s="16"/>
+      <c r="D278" s="16"/>
+      <c r="E278" s="61"/>
+      <c r="F278" s="61"/>
+      <c r="G278" s="61"/>
+    </row>
+    <row r="279" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B279" s="41" t="s">
+        <v>443</v>
+      </c>
+      <c r="C279" s="16"/>
+      <c r="D279" s="16"/>
+      <c r="E279" s="61"/>
+      <c r="F279" s="61"/>
+      <c r="G279" s="61"/>
+    </row>
+    <row r="280" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B280" s="41" t="s">
+        <v>444</v>
+      </c>
+      <c r="C280" s="16"/>
+      <c r="D280" s="16"/>
+      <c r="E280" s="61"/>
+      <c r="F280" s="61"/>
+      <c r="G280" s="61"/>
+    </row>
+    <row r="281" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B281" s="41" t="s">
+        <v>445</v>
+      </c>
+      <c r="C281" s="16"/>
+      <c r="D281" s="16"/>
+      <c r="E281" s="61"/>
+      <c r="F281" s="61"/>
+      <c r="G281" s="61"/>
+    </row>
+    <row r="282" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B282" s="41" t="s">
+        <v>446</v>
+      </c>
+      <c r="C282" s="16"/>
+      <c r="D282" s="16"/>
+      <c r="E282" s="61"/>
+      <c r="F282" s="61"/>
+      <c r="G282" s="61"/>
+    </row>
+    <row r="283" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B283" s="41" t="s">
+        <v>447</v>
+      </c>
+      <c r="C283" s="16"/>
+      <c r="D283" s="16"/>
+      <c r="E283" s="61"/>
+      <c r="F283" s="61"/>
+      <c r="G283" s="61"/>
+    </row>
+    <row r="284" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B284" s="41" t="s">
+        <v>448</v>
+      </c>
+      <c r="C284" s="16"/>
+      <c r="D284" s="16"/>
+      <c r="E284" s="61"/>
+      <c r="F284" s="61"/>
+      <c r="G284" s="61"/>
+    </row>
+    <row r="285" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B285" s="62" t="s">
+        <v>449</v>
+      </c>
+      <c r="C285" s="16"/>
+      <c r="D285" s="16"/>
+      <c r="E285" s="61"/>
+      <c r="F285" s="61"/>
+      <c r="G285" s="61"/>
+    </row>
+    <row r="286" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B286" s="62" t="s">
+        <v>450</v>
+      </c>
+      <c r="C286" s="16"/>
+      <c r="D286" s="16"/>
+      <c r="E286" s="61"/>
+      <c r="F286" s="61"/>
+      <c r="G286" s="61"/>
+    </row>
+    <row r="287" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B287" s="62" t="s">
+        <v>451</v>
+      </c>
+      <c r="C287" s="16"/>
+      <c r="D287" s="16"/>
+      <c r="E287" s="61"/>
+      <c r="F287" s="61"/>
+      <c r="G287" s="61"/>
+    </row>
+    <row r="288" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B288" s="41" t="s">
+        <v>452</v>
+      </c>
+      <c r="C288" s="16"/>
+      <c r="D288" s="16"/>
+      <c r="E288" s="61"/>
+      <c r="F288" s="61"/>
+      <c r="G288" s="61"/>
+    </row>
+    <row r="289" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B289" s="41" t="s">
+        <v>453</v>
+      </c>
+      <c r="C289" s="16"/>
+      <c r="D289" s="16"/>
+      <c r="E289" s="61"/>
+      <c r="F289" s="61"/>
+      <c r="G289" s="61"/>
+    </row>
+    <row r="290" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B290" s="41" t="s">
+        <v>454</v>
+      </c>
+      <c r="C290" s="16"/>
+      <c r="D290" s="16"/>
+      <c r="E290" s="61"/>
+      <c r="F290" s="61"/>
+      <c r="G290" s="61"/>
+    </row>
+    <row r="291" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B291" s="41" t="s">
+        <v>455</v>
+      </c>
+      <c r="C291" s="16"/>
+      <c r="D291" s="16"/>
+      <c r="E291" s="61"/>
+      <c r="F291" s="61"/>
+      <c r="G291" s="61"/>
+    </row>
+    <row r="292" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B292" s="41" t="s">
+        <v>456</v>
+      </c>
+      <c r="C292" s="16"/>
+      <c r="D292" s="16"/>
+      <c r="E292" s="61"/>
+      <c r="F292" s="61"/>
+      <c r="G292" s="61"/>
+    </row>
+    <row r="293" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B293" s="41" t="s">
+        <v>457</v>
+      </c>
+      <c r="C293" s="16"/>
+      <c r="D293" s="16"/>
+      <c r="E293" s="61"/>
+      <c r="F293" s="61"/>
+      <c r="G293" s="61"/>
+    </row>
+    <row r="294" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B294" s="41" t="s">
+        <v>458</v>
+      </c>
+      <c r="C294" s="16"/>
+      <c r="D294" s="16"/>
+      <c r="E294" s="61"/>
+      <c r="F294" s="61"/>
+      <c r="G294" s="61"/>
+    </row>
+    <row r="295" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B295" s="41" t="s">
+        <v>459</v>
+      </c>
+      <c r="C295" s="16"/>
+      <c r="D295" s="16"/>
+      <c r="E295" s="61"/>
+      <c r="F295" s="61"/>
+      <c r="G295" s="61"/>
+    </row>
+    <row r="296" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B296" s="41" t="s">
+        <v>460</v>
+      </c>
+      <c r="C296" s="16"/>
+      <c r="D296" s="16"/>
+      <c r="E296" s="61"/>
+      <c r="F296" s="61"/>
+      <c r="G296" s="61"/>
+    </row>
+    <row r="297" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B297" s="41" t="s">
+        <v>461</v>
+      </c>
+      <c r="C297" s="16"/>
+      <c r="D297" s="16"/>
+      <c r="E297" s="61"/>
+      <c r="F297" s="61"/>
+      <c r="G297" s="61"/>
+    </row>
+    <row r="298" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B298" s="41" t="s">
+        <v>462</v>
+      </c>
+      <c r="C298" s="16"/>
+      <c r="D298" s="16"/>
+      <c r="E298" s="61"/>
+      <c r="F298" s="61"/>
+      <c r="G298" s="61"/>
+    </row>
+    <row r="299" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B299" s="41" t="s">
+        <v>463</v>
+      </c>
+      <c r="C299" s="16"/>
+      <c r="D299" s="16"/>
+      <c r="E299" s="61"/>
+      <c r="F299" s="61"/>
+      <c r="G299" s="61"/>
+    </row>
+    <row r="300" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B300" s="41" t="s">
+        <v>464</v>
+      </c>
+      <c r="C300" s="16"/>
+      <c r="D300" s="16"/>
+      <c r="E300" s="61"/>
+      <c r="F300" s="61"/>
+      <c r="G300" s="61"/>
+    </row>
+    <row r="301" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B301" s="41" t="s">
+        <v>465</v>
+      </c>
+      <c r="C301" s="16"/>
+      <c r="D301" s="16"/>
+      <c r="E301" s="61"/>
+      <c r="F301" s="61"/>
+      <c r="G301" s="61"/>
+    </row>
+    <row r="302" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B302" s="41" t="s">
+        <v>466</v>
+      </c>
+      <c r="C302" s="16"/>
+      <c r="D302" s="16"/>
+      <c r="E302" s="61"/>
+      <c r="F302" s="61"/>
+      <c r="G302" s="61"/>
+    </row>
+    <row r="303" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B303" s="41" t="s">
+        <v>467</v>
+      </c>
+      <c r="C303" s="16"/>
+      <c r="D303" s="16"/>
+      <c r="E303" s="61"/>
+      <c r="F303" s="61"/>
+      <c r="G303" s="61"/>
+    </row>
+    <row r="304" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B304" s="41" t="s">
+        <v>468</v>
+      </c>
+      <c r="C304" s="16"/>
+      <c r="D304" s="16"/>
+      <c r="E304" s="61"/>
+      <c r="F304" s="61"/>
+      <c r="G304" s="61"/>
+    </row>
+    <row r="305" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B305" s="41" t="s">
+        <v>469</v>
+      </c>
+      <c r="C305" s="16"/>
+      <c r="D305" s="16"/>
+      <c r="E305" s="61"/>
+      <c r="F305" s="61"/>
+      <c r="G305" s="61"/>
+    </row>
+    <row r="306" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B306" s="41" t="s">
+        <v>470</v>
+      </c>
+      <c r="C306" s="16"/>
+      <c r="D306" s="16"/>
+      <c r="E306" s="61"/>
+      <c r="F306" s="61"/>
+      <c r="G306" s="61"/>
+    </row>
+    <row r="307" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B307" s="41" t="s">
+        <v>471</v>
+      </c>
+      <c r="C307" s="16"/>
+      <c r="D307" s="16"/>
+      <c r="E307" s="61"/>
+      <c r="F307" s="61"/>
+      <c r="G307" s="61"/>
+    </row>
+    <row r="308" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B308" s="41" t="s">
+        <v>472</v>
+      </c>
+      <c r="C308" s="16"/>
+      <c r="D308" s="16"/>
+      <c r="E308" s="61"/>
+      <c r="F308" s="61"/>
+      <c r="G308" s="61"/>
+    </row>
+    <row r="309" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B309" s="41" t="s">
+        <v>473</v>
+      </c>
+      <c r="C309" s="16"/>
+      <c r="D309" s="16"/>
+      <c r="E309" s="61"/>
+      <c r="F309" s="61"/>
+      <c r="G309" s="61"/>
+    </row>
+    <row r="310" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B310" s="41" t="s">
+        <v>474</v>
+      </c>
+      <c r="C310" s="16"/>
+      <c r="D310" s="16"/>
+      <c r="E310" s="61"/>
+      <c r="F310" s="61"/>
+      <c r="G310" s="61"/>
+    </row>
+    <row r="311" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B311" s="41" t="s">
+        <v>475</v>
+      </c>
+      <c r="C311" s="16"/>
+      <c r="D311" s="16"/>
+      <c r="E311" s="61"/>
+      <c r="F311" s="61"/>
+      <c r="G311" s="61"/>
+    </row>
+    <row r="312" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B312" s="41" t="s">
+        <v>476</v>
+      </c>
+      <c r="C312" s="16"/>
+      <c r="D312" s="16"/>
+      <c r="E312" s="61"/>
+      <c r="F312" s="61"/>
+      <c r="G312" s="61"/>
+    </row>
+    <row r="313" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B313" s="41" t="s">
+        <v>477</v>
+      </c>
+      <c r="C313" s="16"/>
+      <c r="D313" s="16"/>
+      <c r="E313" s="61"/>
+      <c r="F313" s="61"/>
+      <c r="G313" s="61"/>
+    </row>
+    <row r="314" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B314" s="41" t="s">
+        <v>478</v>
+      </c>
+      <c r="C314" s="16"/>
+      <c r="D314" s="16"/>
+      <c r="E314" s="61"/>
+      <c r="F314" s="61"/>
+      <c r="G314" s="61"/>
+    </row>
+    <row r="315" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B315" s="41" t="s">
+        <v>479</v>
+      </c>
+      <c r="C315" s="16"/>
+      <c r="D315" s="16"/>
+      <c r="E315" s="61"/>
+      <c r="F315" s="61"/>
+      <c r="G315" s="61"/>
+    </row>
+    <row r="316" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B316" s="41" t="s">
+        <v>480</v>
+      </c>
+      <c r="C316" s="16"/>
+      <c r="D316" s="16"/>
+      <c r="E316" s="61"/>
+      <c r="F316" s="61"/>
+      <c r="G316" s="61"/>
+    </row>
+    <row r="317" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B317" s="41" t="s">
+        <v>481</v>
+      </c>
+      <c r="C317" s="16"/>
+      <c r="D317" s="16"/>
+      <c r="E317" s="61"/>
+      <c r="F317" s="61"/>
+      <c r="G317" s="61"/>
+    </row>
+    <row r="318" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B318" s="41" t="s">
+        <v>482</v>
+      </c>
+      <c r="C318" s="16"/>
+      <c r="D318" s="16"/>
+      <c r="E318" s="61"/>
+      <c r="F318" s="61"/>
+      <c r="G318" s="61"/>
+    </row>
+    <row r="319" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B319" s="41" t="s">
+        <v>483</v>
+      </c>
+      <c r="C319" s="16"/>
+      <c r="D319" s="16"/>
+      <c r="E319" s="61"/>
+      <c r="F319" s="61"/>
+      <c r="G319" s="61"/>
+    </row>
+    <row r="320" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B320" s="41" t="s">
+        <v>484</v>
+      </c>
+      <c r="C320" s="16"/>
+      <c r="D320" s="16"/>
+      <c r="E320" s="61"/>
+      <c r="F320" s="61"/>
+      <c r="G320" s="61"/>
+    </row>
+    <row r="321" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B321" s="41" t="s">
+        <v>485</v>
+      </c>
+      <c r="C321" s="16"/>
+      <c r="D321" s="16"/>
+      <c r="E321" s="61"/>
+      <c r="F321" s="61"/>
+      <c r="G321" s="61"/>
+    </row>
+    <row r="322" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B322" s="41" t="s">
+        <v>486</v>
+      </c>
+      <c r="C322" s="16"/>
+      <c r="D322" s="16"/>
+      <c r="E322" s="61"/>
+      <c r="F322" s="61"/>
+      <c r="G322" s="61"/>
+    </row>
+    <row r="323" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B323" s="41" t="s">
+        <v>487</v>
+      </c>
+      <c r="C323" s="16"/>
+      <c r="D323" s="16"/>
+      <c r="E323" s="61"/>
+      <c r="F323" s="61"/>
+      <c r="G323" s="61"/>
+    </row>
+    <row r="324" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B324" s="41" t="s">
+        <v>488</v>
+      </c>
+      <c r="C324" s="16"/>
+      <c r="D324" s="16"/>
+      <c r="E324" s="61"/>
+      <c r="F324" s="61"/>
+      <c r="G324" s="61"/>
+    </row>
+    <row r="325" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B325" s="41" t="s">
+        <v>489</v>
+      </c>
+      <c r="C325" s="16"/>
+      <c r="D325" s="16"/>
+      <c r="E325" s="61"/>
+      <c r="F325" s="61"/>
+      <c r="G325" s="61"/>
+    </row>
+    <row r="326" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B326" s="41" t="s">
+        <v>490</v>
+      </c>
+      <c r="C326" s="16"/>
+      <c r="D326" s="16"/>
+      <c r="E326" s="61"/>
+      <c r="F326" s="61"/>
+      <c r="G326" s="61"/>
+    </row>
+    <row r="327" spans="2:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B327" s="41" t="s">
+        <v>491</v>
+      </c>
+      <c r="C327" s="16"/>
+      <c r="D327" s="16"/>
+      <c r="E327" s="61"/>
+      <c r="F327" s="61"/>
+      <c r="G327" s="61"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="2">
     <mergeCell ref="B1:G1"/>
+    <mergeCell ref="B162:G162"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="22" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView topLeftCell="A10" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="64c94459-a6c5-4cf5-89c0-115a7989494d">MMB0-614764344-186678</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="64c94459-a6c5-4cf5-89c0-115a7989494d">
+      <Url>https://mmbonline.sharepoint.com/PO/_layouts/15/DocIdRedir.aspx?ID=MMB0-614764344-186678</Url>
+      <Description>MMB0-614764344-186678</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010035EED0651334EC488E7FE7DFBF9B904D" ma:contentTypeVersion="7" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="8e7e6921fd10c3e88b52cb3212978b3d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="64c94459-a6c5-4cf5-89c0-115a7989494d" xmlns:ns3="1b697df1-33ef-48b3-80f1-7bc5cc96b25a" xmlns:ns4="107ea3ff-ebed-4698-b54c-04cca22f4541" xmlns:ns5="352852a3-b0f9-446f-ba6d-2dabd10762bb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8cc3f85654f9b1a3b51c1fe662817c21" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010035EED0651334EC488E7FE7DFBF9B904D" ma:contentTypeVersion="7" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="8d60dcf8b1481c7683f5b41a02214717">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="64c94459-a6c5-4cf5-89c0-115a7989494d" xmlns:ns3="1b697df1-33ef-48b3-80f1-7bc5cc96b25a" xmlns:ns4="107ea3ff-ebed-4698-b54c-04cca22f4541" xmlns:ns5="352852a3-b0f9-446f-ba6d-2dabd10762bb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="74eedf3bb65527f0657af5d6eaab9bc0" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="64c94459-a6c5-4cf5-89c0-115a7989494d"/>
     <xsd:import namespace="1b697df1-33ef-48b3-80f1-7bc5cc96b25a"/>
     <xsd:import namespace="107ea3ff-ebed-4698-b54c-04cca22f4541"/>
     <xsd:import namespace="352852a3-b0f9-446f-ba6d-2dabd10762bb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns5:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -6725,113 +8508,151 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4D32867-12A7-4962-9E81-3C37F080172F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78B16EB6-163E-4306-87F2-CE60C937415F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACC7736E-83A5-4258-9662-D63F9BBFD8D0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="352852a3-b0f9-446f-ba6d-2dabd10762bb"/>
+    <ds:schemaRef ds:uri="64c94459-a6c5-4cf5-89c0-115a7989494d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="1b697df1-33ef-48b3-80f1-7bc5cc96b25a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="107ea3ff-ebed-4698-b54c-04cca22f4541"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96F357D1-7017-4AC8-9D0A-D3A2A9431ABA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B04465D8-99AF-49D7-AB13-2B4BB639EF8D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="64c94459-a6c5-4cf5-89c0-115a7989494d"/>
     <ds:schemaRef ds:uri="1b697df1-33ef-48b3-80f1-7bc5cc96b25a"/>
     <ds:schemaRef ds:uri="107ea3ff-ebed-4698-b54c-04cca22f4541"/>
     <ds:schemaRef ds:uri="352852a3-b0f9-446f-ba6d-2dabd10762bb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACC7736E-83A5-4258-9662-D63F9BBFD8D0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78B16EB6-163E-4306-87F2-CE60C937415F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>List1</vt:lpstr>
       <vt:lpstr>List2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>