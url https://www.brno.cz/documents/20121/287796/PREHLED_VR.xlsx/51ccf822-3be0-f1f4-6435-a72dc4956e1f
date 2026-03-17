--- v2 (2026-01-29)
+++ v3 (2026-03-17)
@@ -1,2592 +1,922 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mmbonline.sharepoint.com/PO/Sdilene dokumenty/Dokumenty personální oddělení/VÝBĚROVÁ ŘÍZENÍ/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\krausovm\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2644" documentId="11_DABEAD3DF6469B5E8F31EEAD135FC3ADC13E8ED4" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{850E50D6-5CC5-4F5A-AFFB-09BD2377AAF6}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{AD65B38A-B2F1-43ED-A1B4-9BBAEE6E8128}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="255" windowWidth="28695" windowHeight="14985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
-    <sheet name="List2" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">List1!#REF!</definedName>
     <definedName name="_Hlk503514059" localSheetId="0">List1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="849" uniqueCount="503">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="233">
   <si>
     <t>Aktuální přehled průběhu výběrových řízení vyhlášených v roce 2025</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t>číslo výběrového řízení</t>
   </si>
   <si>
     <t>funkční místo</t>
   </si>
   <si>
     <t>útvar (odbor, úsek, oddělení)</t>
   </si>
   <si>
     <t>termín přihlášek</t>
   </si>
   <si>
     <t>počet přihlášek</t>
   </si>
   <si>
     <t>stav</t>
   </si>
   <si>
-    <t>001/2025</t>
-[...44 lines deleted...]
-    <t>vedoucí referátu, urbanista</t>
+    <t>123/2025</t>
+  </si>
+  <si>
+    <t>urbanista - prodloužen termín pro podání přihlášek</t>
   </si>
   <si>
     <t>Odbor územního plánování a rozvoje</t>
   </si>
   <si>
-    <t>005/2025</t>
-[...144 lines deleted...]
-    </r>
+    <t>probíhá výběr</t>
+  </si>
+  <si>
+    <t>124/2025</t>
+  </si>
+  <si>
+    <t>vedoucí referátu, urbanista -prodloužen termín pro podání přihlášek</t>
+  </si>
+  <si>
+    <t>146/2025</t>
+  </si>
+  <si>
+    <t>energetický manažer 2FM</t>
+  </si>
+  <si>
+    <t>4. úsek</t>
+  </si>
+  <si>
+    <t>154/2025</t>
+  </si>
+  <si>
+    <t>vedoucí Referátu sociálně-právní ochrany dětí</t>
   </si>
   <si>
     <t>Odbor sociální péče</t>
   </si>
   <si>
-    <t>016/2025</t>
-[...1548 lines deleted...]
-  <si>
     <t>155/2025</t>
   </si>
   <si>
     <t>odborný pracovník poradny Socio Info Point</t>
   </si>
   <si>
     <t>156/2025</t>
-  </si>
-[...512 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">sociální pracovník - kontrolor - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t>prodloužen termín pro podání přihlášek</t>
     </r>
   </si>
   <si>
-    <t>referent podatelny - 3 FM</t>
+    <t>Aktuální přehled průběhu výběrových řízení vyhlášených v roce 2026</t>
+  </si>
+  <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>vedoucí Oddělení správních řízení II</t>
+  </si>
+  <si>
+    <t>Odbor přestupků v dopravě</t>
+  </si>
+  <si>
+    <t>ukončeno</t>
+  </si>
+  <si>
+    <t>002/2026</t>
+  </si>
+  <si>
+    <t>specialista cenových analýz - Inzerát</t>
+  </si>
+  <si>
+    <t>Majetkový odbor</t>
+  </si>
+  <si>
+    <t>003/2026</t>
+  </si>
+  <si>
+    <t>právník - prodloužen termín pro podání přihlášky</t>
+  </si>
+  <si>
+    <t>004/2026</t>
+  </si>
+  <si>
+    <t>právník</t>
+  </si>
+  <si>
+    <t>Bytový odbor</t>
+  </si>
+  <si>
+    <t>005/2026</t>
+  </si>
+  <si>
+    <t>referent Informačního střediska</t>
+  </si>
+  <si>
+    <t>Odbor vnitřních věcí</t>
+  </si>
+  <si>
+    <t>006/2026</t>
+  </si>
+  <si>
+    <t>koordinátor stanovisek</t>
+  </si>
+  <si>
+    <t>007/2026</t>
+  </si>
+  <si>
+    <t>ekonom</t>
   </si>
   <si>
     <t>Odbor sportu</t>
   </si>
   <si>
+    <t>008/2026</t>
+  </si>
+  <si>
     <t>ekonom - analytik</t>
   </si>
   <si>
+    <t>009/2026</t>
+  </si>
+  <si>
+    <t>odborný referent</t>
+  </si>
+  <si>
+    <t>Odbor zdraví</t>
+  </si>
+  <si>
+    <t>010/2026</t>
+  </si>
+  <si>
+    <t>referent spisovny - 3 FM</t>
+  </si>
+  <si>
+    <t>Odbor stavebního řádu</t>
+  </si>
+  <si>
+    <t>011/2026</t>
+  </si>
+  <si>
+    <t>projektový manažer</t>
+  </si>
+  <si>
+    <t>012/2026</t>
+  </si>
+  <si>
     <t>referent parkovacích oprávnění a povolení vjezdu - inzerát</t>
   </si>
   <si>
-    <t>právník - prodloužen termín pro podání přihlášky</t>
+    <t>Odbor dopravy</t>
+  </si>
+  <si>
+    <t>013/2026</t>
   </si>
   <si>
     <t>referent spisovny</t>
   </si>
   <si>
-    <t>právník - správní specialista</t>
+    <t>014/2026</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">právník - správní specialista- </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>prodloužen termín pro podání přihlášek</t>
+    </r>
+  </si>
+  <si>
+    <t>Živnostenský úřad města Brna</t>
+  </si>
+  <si>
+    <t>přihlašování</t>
+  </si>
+  <si>
+    <t>015/2026</t>
+  </si>
+  <si>
+    <t>právník  - inzerát</t>
+  </si>
+  <si>
+    <t>016/2026</t>
+  </si>
+  <si>
+    <t>archivář</t>
+  </si>
+  <si>
+    <t>Archiv města Brna</t>
+  </si>
+  <si>
+    <t>017/2026</t>
+  </si>
+  <si>
+    <t>koordinátor participace obyvatel - inzerát</t>
+  </si>
+  <si>
+    <t>Odbor participace</t>
+  </si>
+  <si>
+    <t>018/2026</t>
+  </si>
+  <si>
+    <t>Odbor rozpočtu a financování</t>
+  </si>
+  <si>
+    <t>019/2026</t>
+  </si>
+  <si>
+    <t>účetní příjmů - inzerát</t>
+  </si>
+  <si>
+    <t>020/2026</t>
+  </si>
+  <si>
+    <t>Odbor investiční</t>
+  </si>
+  <si>
+    <t>021/2026</t>
+  </si>
+  <si>
+    <t>správní referent Odd. správních řízení III</t>
+  </si>
+  <si>
+    <t>022/2026</t>
+  </si>
+  <si>
+    <t>zkušební komisař - 2 FM</t>
+  </si>
+  <si>
+    <t>Odbor registru vozidel a řidičů</t>
+  </si>
+  <si>
+    <t>023/2026</t>
+  </si>
+  <si>
+    <t>referent stavebního úřadu</t>
+  </si>
+  <si>
+    <t>024/2026</t>
+  </si>
+  <si>
+    <t>vedoucí Obvodu stavebního úřadu - 7 FM</t>
+  </si>
+  <si>
+    <t>025/2026</t>
+  </si>
+  <si>
+    <t>vedoucí Referátu stavebního úřadu - 13 FM</t>
+  </si>
+  <si>
+    <t>026/2026</t>
+  </si>
+  <si>
+    <t>referent oceňování</t>
+  </si>
+  <si>
+    <t>027/2026</t>
+  </si>
+  <si>
+    <t>referent správy majetku</t>
+  </si>
+  <si>
+    <t>028/2026</t>
+  </si>
+  <si>
+    <t>referent majetkové správy</t>
+  </si>
+  <si>
+    <t>Odbor správy majetku</t>
+  </si>
+  <si>
+    <t>029/2026</t>
+  </si>
+  <si>
+    <t>030/2026</t>
+  </si>
+  <si>
+    <t>Organizační odbor</t>
+  </si>
+  <si>
+    <t>031/2026</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">referent státní správy -  2 FM,  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>inzerát</t>
+    </r>
+  </si>
+  <si>
+    <t>032/2026</t>
+  </si>
+  <si>
+    <t>zkušební komisař</t>
+  </si>
+  <si>
+    <t>033/2026</t>
+  </si>
+  <si>
+    <t>metodik veřejného opatrovnictví</t>
+  </si>
+  <si>
+    <t>034/2026</t>
+  </si>
+  <si>
+    <t>vedoucí Oddělení autoškol</t>
+  </si>
+  <si>
+    <t>035/2026</t>
+  </si>
+  <si>
+    <t>036/2026</t>
+  </si>
+  <si>
+    <t>037/2026</t>
+  </si>
+  <si>
+    <t>038/2026</t>
+  </si>
+  <si>
+    <t>039/2026</t>
+  </si>
+  <si>
+    <t>040/2026</t>
+  </si>
+  <si>
+    <t>041/2026</t>
+  </si>
+  <si>
+    <t>042/2026</t>
+  </si>
+  <si>
+    <t>043/2026</t>
+  </si>
+  <si>
+    <t>044/2026</t>
+  </si>
+  <si>
+    <t>045/2026</t>
+  </si>
+  <si>
+    <t>046/2026</t>
+  </si>
+  <si>
+    <t>047/2026</t>
+  </si>
+  <si>
+    <t>048/2026</t>
+  </si>
+  <si>
+    <t>049/2026</t>
+  </si>
+  <si>
+    <t>050/2026</t>
+  </si>
+  <si>
+    <t>051/2026</t>
+  </si>
+  <si>
+    <t>052/2026</t>
+  </si>
+  <si>
+    <t>053/2026</t>
+  </si>
+  <si>
+    <t>054/2026</t>
+  </si>
+  <si>
+    <t>055/2026</t>
+  </si>
+  <si>
+    <t>056/2026</t>
+  </si>
+  <si>
+    <t>057/2026</t>
+  </si>
+  <si>
+    <t>058/2026</t>
+  </si>
+  <si>
+    <t>059/2026</t>
+  </si>
+  <si>
+    <t>060/2026</t>
+  </si>
+  <si>
+    <t>061/2026</t>
+  </si>
+  <si>
+    <t>062/2026</t>
+  </si>
+  <si>
+    <t>063/2026</t>
+  </si>
+  <si>
+    <t>064/2026</t>
+  </si>
+  <si>
+    <t>065/2026</t>
+  </si>
+  <si>
+    <t>066/2026</t>
+  </si>
+  <si>
+    <t>067/2026</t>
+  </si>
+  <si>
+    <t>068/2026</t>
+  </si>
+  <si>
+    <t>069/2026</t>
+  </si>
+  <si>
+    <t>070/2026</t>
+  </si>
+  <si>
+    <t>071/2026</t>
+  </si>
+  <si>
+    <t>072/2026</t>
+  </si>
+  <si>
+    <t>073/2026</t>
+  </si>
+  <si>
+    <t>074/2026</t>
+  </si>
+  <si>
+    <t>075/2026</t>
+  </si>
+  <si>
+    <t>076/2026</t>
+  </si>
+  <si>
+    <t>077/2026</t>
+  </si>
+  <si>
+    <t>078/2026</t>
+  </si>
+  <si>
+    <t>079/2026</t>
+  </si>
+  <si>
+    <t>080/2026</t>
+  </si>
+  <si>
+    <t>081/2026</t>
+  </si>
+  <si>
+    <t>082/2026</t>
+  </si>
+  <si>
+    <t>083/2026</t>
+  </si>
+  <si>
+    <t>084/2026</t>
+  </si>
+  <si>
+    <t>085/2026</t>
+  </si>
+  <si>
+    <t>086/2026</t>
+  </si>
+  <si>
+    <t>087/2026</t>
+  </si>
+  <si>
+    <t>088/2026</t>
+  </si>
+  <si>
+    <t>089/2026</t>
+  </si>
+  <si>
+    <t>090/2026</t>
+  </si>
+  <si>
+    <t>091/2026</t>
+  </si>
+  <si>
+    <t>092/2026</t>
+  </si>
+  <si>
+    <t>093/2026</t>
+  </si>
+  <si>
+    <t>094/2026</t>
+  </si>
+  <si>
+    <t>095/2026</t>
+  </si>
+  <si>
+    <t>096/2026</t>
+  </si>
+  <si>
+    <t>097/2026</t>
+  </si>
+  <si>
+    <t>098/2026</t>
+  </si>
+  <si>
+    <t>099/2026</t>
+  </si>
+  <si>
+    <t>100/2026</t>
+  </si>
+  <si>
+    <t>101/2026</t>
+  </si>
+  <si>
+    <t>102/2026</t>
+  </si>
+  <si>
+    <t>103/2026</t>
+  </si>
+  <si>
+    <t>104/2026</t>
+  </si>
+  <si>
+    <t>105/2026</t>
+  </si>
+  <si>
+    <t>106/2026</t>
+  </si>
+  <si>
+    <t>107/2026</t>
+  </si>
+  <si>
+    <t>108/2026</t>
+  </si>
+  <si>
+    <t>109/2026</t>
+  </si>
+  <si>
+    <t>110/2026</t>
+  </si>
+  <si>
+    <t>111/2026</t>
+  </si>
+  <si>
+    <t>112/2026</t>
+  </si>
+  <si>
+    <t>113/2026</t>
+  </si>
+  <si>
+    <t>114/2026</t>
+  </si>
+  <si>
+    <t>115/2026</t>
+  </si>
+  <si>
+    <t>116/2026</t>
+  </si>
+  <si>
+    <t>117/2026</t>
+  </si>
+  <si>
+    <t>118/2026</t>
+  </si>
+  <si>
+    <t>119/2026</t>
+  </si>
+  <si>
+    <t>120/2026</t>
+  </si>
+  <si>
+    <t>121/2026</t>
+  </si>
+  <si>
+    <t>122/2026</t>
+  </si>
+  <si>
+    <t>123/2026</t>
+  </si>
+  <si>
+    <t>124/2026</t>
+  </si>
+  <si>
+    <t>125/2026</t>
+  </si>
+  <si>
+    <t>126/2026</t>
+  </si>
+  <si>
+    <t>127/2026</t>
+  </si>
+  <si>
+    <t>128/2026</t>
+  </si>
+  <si>
+    <t>129/2026</t>
+  </si>
+  <si>
+    <t>130/2026</t>
+  </si>
+  <si>
+    <t>131/2026</t>
+  </si>
+  <si>
+    <t>132/2026</t>
+  </si>
+  <si>
+    <t>133/2026</t>
+  </si>
+  <si>
+    <t>134/2026</t>
+  </si>
+  <si>
+    <t>135/2026</t>
+  </si>
+  <si>
+    <t>136/2026</t>
+  </si>
+  <si>
+    <t>137/2026</t>
+  </si>
+  <si>
+    <t>138/2026</t>
+  </si>
+  <si>
+    <t>139/2026</t>
+  </si>
+  <si>
+    <t>140/2026</t>
+  </si>
+  <si>
+    <t>141/2026</t>
+  </si>
+  <si>
+    <t>142/2026</t>
+  </si>
+  <si>
+    <t>143/2026</t>
+  </si>
+  <si>
+    <t>144/2026</t>
+  </si>
+  <si>
+    <t>145/2026</t>
+  </si>
+  <si>
+    <t>146/2026</t>
+  </si>
+  <si>
+    <t>147/2026</t>
+  </si>
+  <si>
+    <t>148/2026</t>
+  </si>
+  <si>
+    <t>149/2026</t>
+  </si>
+  <si>
+    <t>150/2026</t>
+  </si>
+  <si>
+    <t>151/2026</t>
+  </si>
+  <si>
+    <t>152/2026</t>
+  </si>
+  <si>
+    <t>153/2026</t>
+  </si>
+  <si>
+    <t>154/2026</t>
+  </si>
+  <si>
+    <t>155/2026</t>
+  </si>
+  <si>
+    <t>156/2026</t>
+  </si>
+  <si>
+    <t>157/2026</t>
+  </si>
+  <si>
+    <t>158/2026</t>
+  </si>
+  <si>
+    <t>159/2026</t>
+  </si>
+  <si>
+    <t>160/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="21" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <b/>
-[...19 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Symbol"/>
       <family val="1"/>
       <charset val="2"/>
-    </font>
-[...5 lines deleted...]
-      <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <b/>
-[...34 lines deleted...]
-    <font>
       <sz val="12"/>
       <name val="Arial"/>
-      <charset val="238"/>
-[...10 lines deleted...]
-      <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
@@ -2625,343 +955,188 @@
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF000000"/>
-[...35 lines deleted...]
-      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
-      <right/>
-[...57 lines deleted...]
-      </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="64">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
-[...17 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="14" fontId="16" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
-[...19 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
     <cellStyle name="Normální 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3214,5132 +1389,2306 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G327"/>
+  <dimension ref="A1:G173"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="99" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A161" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A31" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
-      <selection pane="bottomLeft" activeCell="H162" sqref="H162"/>
+      <selection pane="bottomLeft" activeCell="K46" sqref="K46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
-    <col min="2" max="2" width="13.140625" style="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="13.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="74.5703125" customWidth="1"/>
     <col min="4" max="4" width="38.7109375" customWidth="1"/>
-    <col min="5" max="5" width="12.85546875" style="6" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="20.5703125" style="6" customWidth="1"/>
+    <col min="5" max="5" width="12.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="10.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="20.5703125" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="4"/>
-      <c r="B1" s="63" t="s">
+      <c r="A1" s="2"/>
+      <c r="B1" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="63"/>
-[...6 lines deleted...]
-      <c r="A2" s="6" t="s">
+      <c r="C1" s="32"/>
+      <c r="D1" s="32"/>
+      <c r="E1" s="32"/>
+      <c r="F1" s="32"/>
+      <c r="G1" s="32"/>
+    </row>
+    <row r="2" spans="1:7" s="3" customFormat="1" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="7" t="s">
+      <c r="B2" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="8" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="8" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="8" t="s">
+      <c r="E2" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="8" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="9" t="s">
+      <c r="G2" s="6" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="10" t="s">
+    <row r="3" spans="1:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="16" t="s">
         <v>8</v>
       </c>
-      <c r="C3" s="12" t="s">
+      <c r="C3" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="D3" s="12" t="s">
+      <c r="D3" s="24" t="s">
         <v>10</v>
       </c>
-      <c r="E3" s="23">
-[...2 lines deleted...]
-      <c r="F3" s="24">
+      <c r="E3" s="17">
+        <v>46022</v>
+      </c>
+      <c r="F3" s="16">
+        <v>4</v>
+      </c>
+      <c r="G3" s="16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" s="24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="17">
+        <v>46022</v>
+      </c>
+      <c r="F4" s="16">
+        <v>5</v>
+      </c>
+      <c r="G4" s="16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="26" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="17">
+        <v>46008</v>
+      </c>
+      <c r="F5" s="16">
         <v>2</v>
       </c>
-      <c r="G3" s="24" t="s">
+      <c r="G5" s="16" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="25" t="s">
+    <row r="6" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" s="17">
+        <v>46029</v>
+      </c>
+      <c r="F6" s="16">
+        <v>4</v>
+      </c>
+      <c r="G6" s="16" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="26" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" s="17">
+        <v>46029</v>
+      </c>
+      <c r="F7" s="16">
+        <v>10</v>
+      </c>
+      <c r="G7" s="16" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="26" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" s="17">
+        <v>46050</v>
+      </c>
+      <c r="F8" s="16">
+        <v>7</v>
+      </c>
+      <c r="G8" s="16" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="22"/>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="23"/>
+      <c r="F9" s="22"/>
+      <c r="G9" s="22"/>
+    </row>
+    <row r="10" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="22"/>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="23"/>
+      <c r="F10" s="22"/>
+      <c r="G10" s="22"/>
+    </row>
+    <row r="11" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="22"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="23"/>
+      <c r="F11" s="22"/>
+      <c r="G11" s="22"/>
+    </row>
+    <row r="12" spans="1:7" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="32" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" s="32"/>
+      <c r="D12" s="32"/>
+      <c r="E12" s="32"/>
+      <c r="F12" s="32"/>
+      <c r="G12" s="32"/>
+    </row>
+    <row r="13" spans="1:7" ht="45.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="14">
+        <v>46042</v>
+      </c>
+      <c r="F14" s="15">
+        <v>7</v>
+      </c>
+      <c r="G14" s="15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="E15" s="17">
+        <v>46043</v>
+      </c>
+      <c r="F15" s="15">
+        <v>6</v>
+      </c>
+      <c r="G15" s="15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="E16" s="17">
+        <v>46057</v>
+      </c>
+      <c r="F16" s="15">
+        <v>6</v>
+      </c>
+      <c r="G16" s="15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="28" t="s">
+        <v>34</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D17" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="E17" s="20">
+        <v>46045</v>
+      </c>
+      <c r="F17" s="15">
+        <v>4</v>
+      </c>
+      <c r="G17" s="15" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="18" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="19" t="s">
+        <v>37</v>
+      </c>
+      <c r="C18" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="E18" s="27">
+        <v>46050</v>
+      </c>
+      <c r="F18" s="19">
+        <v>11</v>
+      </c>
+      <c r="G18" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="19" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="C19" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" s="27">
+        <v>46051</v>
+      </c>
+      <c r="F19" s="19">
+        <v>10</v>
+      </c>
+      <c r="G19" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="20" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="C20" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" s="27">
+        <v>46052</v>
+      </c>
+      <c r="F20" s="19">
+        <v>10</v>
+      </c>
+      <c r="G20" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="21" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="D21" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" s="27">
+        <v>46052</v>
+      </c>
+      <c r="F21" s="19">
+        <v>9</v>
+      </c>
+      <c r="G21" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="22" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="D22" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="E22" s="27">
+        <v>46052</v>
+      </c>
+      <c r="F22" s="19">
+        <v>17</v>
+      </c>
+      <c r="G22" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="23" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="C23" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D23" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" s="27">
+        <v>46050</v>
+      </c>
+      <c r="F23" s="19">
+        <v>28</v>
+      </c>
+      <c r="G23" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="24" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="C24" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D24" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="E24" s="27">
+        <v>46050</v>
+      </c>
+      <c r="F24" s="19">
+        <v>6</v>
+      </c>
+      <c r="G24" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="25" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="C25" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D25" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E25" s="27">
+        <v>46057</v>
+      </c>
+      <c r="F25" s="19">
+        <v>16</v>
+      </c>
+      <c r="G25" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="26" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" s="27">
+        <v>46062</v>
+      </c>
+      <c r="F26" s="19">
+        <v>31</v>
+      </c>
+      <c r="G26" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="27" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="C27" s="31" t="s">
+        <v>61</v>
+      </c>
+      <c r="D27" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="E27" s="27">
+        <v>46080</v>
+      </c>
+      <c r="F27" s="19">
+        <v>2</v>
+      </c>
+      <c r="G27" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="28" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="C28" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="D28" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="E28" s="27">
+        <v>46070</v>
+      </c>
+      <c r="F28" s="19">
+        <v>1</v>
+      </c>
+      <c r="G28" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="29" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D29" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="E29" s="27">
+        <v>46072</v>
+      </c>
+      <c r="F29" s="19">
+        <v>15</v>
+      </c>
+      <c r="G29" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="30" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="C30" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D30" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="E30" s="27">
+        <v>46072</v>
+      </c>
+      <c r="F30" s="19">
+        <v>29</v>
+      </c>
+      <c r="G30" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="31" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D31" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E31" s="27">
+        <v>46072</v>
+      </c>
+      <c r="F31" s="19">
+        <v>9</v>
+      </c>
+      <c r="G31" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="32" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="19" t="s">
+        <v>74</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D32" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E32" s="27">
+        <v>46072</v>
+      </c>
+      <c r="F32" s="19">
+        <v>17</v>
+      </c>
+      <c r="G32" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="33" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D33" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="E33" s="27">
+        <v>46073</v>
+      </c>
+      <c r="F33" s="19">
+        <v>2</v>
+      </c>
+      <c r="G33" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="34" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="D34" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E34" s="27">
+        <v>46073</v>
+      </c>
+      <c r="F34" s="19">
+        <v>4</v>
+      </c>
+      <c r="G34" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="35" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="19" t="s">
+        <v>80</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="D35" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="27">
+        <v>46081</v>
+      </c>
+      <c r="F35" s="19">
+        <v>0</v>
+      </c>
+      <c r="G35" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="36" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="D36" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="E36" s="27">
+        <v>46112</v>
+      </c>
+      <c r="F36" s="19">
+        <v>7</v>
+      </c>
+      <c r="G36" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="37" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="19" t="s">
+        <v>85</v>
+      </c>
+      <c r="C37" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="D37" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="E37" s="27">
+        <v>46073</v>
+      </c>
+      <c r="F37" s="19">
+        <v>8</v>
+      </c>
+      <c r="G37" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="38" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="C38" s="12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D38" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="E38" s="27">
+        <v>46073</v>
+      </c>
+      <c r="F38" s="19">
+        <v>15</v>
+      </c>
+      <c r="G38" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="39" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="19" t="s">
+        <v>89</v>
+      </c>
+      <c r="C39" s="12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D39" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="E39" s="27">
+        <v>46083</v>
+      </c>
+      <c r="F39" s="19">
+        <v>7</v>
+      </c>
+      <c r="G39" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="40" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="19" t="s">
+        <v>91</v>
+      </c>
+      <c r="C40" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="D40" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="E40" s="27">
+        <v>46070</v>
+      </c>
+      <c r="F40" s="19">
+        <v>7</v>
+      </c>
+      <c r="G40" s="19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="41" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="19" t="s">
+        <v>93</v>
+      </c>
+      <c r="C41" s="12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D41" s="12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E41" s="27">
+        <v>46079</v>
+      </c>
+      <c r="F41" s="19">
+        <v>7</v>
+      </c>
+      <c r="G41" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="42" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="C42" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D42" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="E42" s="27">
+        <v>46084</v>
+      </c>
+      <c r="F42" s="19">
+        <v>10</v>
+      </c>
+      <c r="G42" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="43" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="19" t="s">
+        <v>97</v>
+      </c>
+      <c r="C43" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="D43" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E43" s="27">
+        <v>46085</v>
+      </c>
+      <c r="F43" s="19">
+        <v>15</v>
+      </c>
+      <c r="G43" s="19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="44" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C44" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="D44" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="E44" s="27">
+        <v>46093</v>
+      </c>
+      <c r="F44" s="19">
         <v>12</v>
       </c>
-      <c r="C4" s="12" t="s">
-[...39 lines deleted...]
-      <c r="C6" s="1" t="s">
+      <c r="G44" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="45" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="19" t="s">
+        <v>101</v>
+      </c>
+      <c r="C45" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D45" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E45" s="27">
+        <v>46099</v>
+      </c>
+      <c r="F45" s="19">
+        <v>1</v>
+      </c>
+      <c r="G45" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="46" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C46" s="12" t="s">
+        <v>104</v>
+      </c>
+      <c r="D46" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="D6" s="12" t="s">
-[...89 lines deleted...]
-      <c r="F10" s="25">
+      <c r="E46" s="27">
+        <v>46098</v>
+      </c>
+      <c r="F46" s="19">
         <v>2</v>
       </c>
-      <c r="G10" s="25" t="s">
-[...116 lines deleted...]
-      <c r="C16" s="12" t="s">
+      <c r="G46" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="47" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="C47" s="12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D47" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E47" s="27">
+        <v>46101</v>
+      </c>
+      <c r="F47" s="19">
+        <v>0</v>
+      </c>
+      <c r="G47" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="48" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="19" t="s">
+        <v>107</v>
+      </c>
+      <c r="C48" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="D48" s="12" t="s">
         <v>44</v>
       </c>
-      <c r="D16" s="12" t="s">
-[...103 lines deleted...]
-      <c r="F21" s="25">
+      <c r="E48" s="27">
+        <v>46108</v>
+      </c>
+      <c r="F48" s="19">
         <v>0</v>
       </c>
-      <c r="G21" s="25" t="s">
-[...30 lines deleted...]
-      <c r="D23" s="12" t="s">
+      <c r="G48" s="19" t="s">
         <v>63</v>
       </c>
-      <c r="E23" s="26">
-[...410 lines deleted...]
-      <c r="B44" s="25" t="s">
+    </row>
+    <row r="49" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="19" t="s">
         <v>108</v>
       </c>
-      <c r="C44" t="s">
+      <c r="C49" s="12"/>
+      <c r="D49" s="12"/>
+      <c r="E49" s="27"/>
+      <c r="F49" s="19"/>
+      <c r="G49" s="19"/>
+    </row>
+    <row r="50" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="19" t="s">
         <v>109</v>
       </c>
-      <c r="D44" s="12" t="s">
-[...13 lines deleted...]
-      <c r="B45" s="25" t="s">
+      <c r="C50" s="12"/>
+      <c r="D50" s="12"/>
+      <c r="E50" s="27"/>
+      <c r="F50" s="19"/>
+      <c r="G50" s="19"/>
+    </row>
+    <row r="51" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="19" t="s">
         <v>110</v>
       </c>
-      <c r="C45" s="33" t="s">
+      <c r="C51" s="12"/>
+      <c r="D51" s="12"/>
+      <c r="E51" s="27"/>
+      <c r="F51" s="19"/>
+      <c r="G51" s="19"/>
+    </row>
+    <row r="52" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B52" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="D45" s="12" t="s">
-[...13 lines deleted...]
-      <c r="B46" s="29" t="s">
+      <c r="C52" s="12"/>
+      <c r="D52" s="12"/>
+      <c r="E52" s="27"/>
+      <c r="F52" s="19"/>
+      <c r="G52" s="19"/>
+    </row>
+    <row r="53" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B53" s="19" t="s">
         <v>112</v>
       </c>
-      <c r="C46" s="18" t="s">
+      <c r="C53" s="12"/>
+      <c r="D53" s="12"/>
+      <c r="E53" s="27"/>
+      <c r="F53" s="19"/>
+      <c r="G53" s="19"/>
+    </row>
+    <row r="54" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B54" s="19" t="s">
         <v>113</v>
       </c>
-      <c r="D46" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B47" s="25" t="s">
+      <c r="C54" s="12"/>
+      <c r="D54" s="12"/>
+      <c r="E54" s="27"/>
+      <c r="F54" s="19"/>
+      <c r="G54" s="19"/>
+    </row>
+    <row r="55" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B55" s="19" t="s">
         <v>114</v>
       </c>
-      <c r="C47" t="s">
+      <c r="C55" s="12"/>
+      <c r="D55" s="12"/>
+      <c r="E55" s="27"/>
+      <c r="F55" s="19"/>
+      <c r="G55" s="19"/>
+    </row>
+    <row r="56" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B56" s="19" t="s">
         <v>115</v>
       </c>
-      <c r="D47" s="12" t="s">
-[...13 lines deleted...]
-      <c r="B48" s="25" t="s">
+      <c r="C56" s="12"/>
+      <c r="D56" s="12"/>
+      <c r="E56" s="27"/>
+      <c r="F56" s="19"/>
+      <c r="G56" s="19"/>
+    </row>
+    <row r="57" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B57" s="19" t="s">
         <v>116</v>
       </c>
-      <c r="C48" s="12" t="s">
+      <c r="C57" s="12"/>
+      <c r="D57" s="12"/>
+      <c r="E57" s="27"/>
+      <c r="F57" s="19"/>
+      <c r="G57" s="19"/>
+    </row>
+    <row r="58" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B58" s="19" t="s">
         <v>117</v>
       </c>
-      <c r="D48" s="33" t="s">
-[...13 lines deleted...]
-      <c r="B49" s="25" t="s">
+      <c r="C58" s="12"/>
+      <c r="D58" s="12"/>
+      <c r="E58" s="27"/>
+      <c r="F58" s="19"/>
+      <c r="G58" s="19"/>
+    </row>
+    <row r="59" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B59" s="19" t="s">
         <v>118</v>
       </c>
-      <c r="C49" s="34" t="s">
+      <c r="C59" s="12"/>
+      <c r="D59" s="12"/>
+      <c r="E59" s="27"/>
+      <c r="F59" s="19"/>
+      <c r="G59" s="19"/>
+    </row>
+    <row r="60" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B60" s="19" t="s">
         <v>119</v>
       </c>
-      <c r="D49" s="12" t="s">
-[...13 lines deleted...]
-      <c r="B50" s="29" t="s">
+      <c r="C60" s="12"/>
+      <c r="D60" s="12"/>
+      <c r="E60" s="27"/>
+      <c r="F60" s="19"/>
+      <c r="G60" s="19"/>
+    </row>
+    <row r="61" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B61" s="19" t="s">
         <v>120</v>
       </c>
-      <c r="C50" s="36" t="s">
+      <c r="C61" s="12"/>
+      <c r="D61" s="12"/>
+      <c r="E61" s="27"/>
+      <c r="F61" s="19"/>
+      <c r="G61" s="19"/>
+    </row>
+    <row r="62" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B62" s="19" t="s">
         <v>121</v>
       </c>
-      <c r="D50" s="37" t="s">
+      <c r="C62" s="12"/>
+      <c r="D62" s="12"/>
+      <c r="E62" s="27"/>
+      <c r="F62" s="19"/>
+      <c r="G62" s="19"/>
+    </row>
+    <row r="63" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B63" s="19" t="s">
         <v>122</v>
       </c>
-      <c r="E50" s="35">
-[...10 lines deleted...]
-      <c r="B51" s="29" t="s">
+      <c r="C63" s="12"/>
+      <c r="D63" s="12"/>
+      <c r="E63" s="27"/>
+      <c r="F63" s="19"/>
+      <c r="G63" s="19"/>
+    </row>
+    <row r="64" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B64" s="19" t="s">
         <v>123</v>
       </c>
-      <c r="C51" s="17" t="s">
+      <c r="C64" s="12"/>
+      <c r="D64" s="12"/>
+      <c r="E64" s="27"/>
+      <c r="F64" s="19"/>
+      <c r="G64" s="19"/>
+    </row>
+    <row r="65" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B65" s="19" t="s">
         <v>124</v>
       </c>
-      <c r="D51" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B52" s="29" t="s">
+      <c r="C65" s="12"/>
+      <c r="D65" s="12"/>
+      <c r="E65" s="27"/>
+      <c r="F65" s="19"/>
+      <c r="G65" s="19"/>
+    </row>
+    <row r="66" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B66" s="19" t="s">
         <v>125</v>
       </c>
-      <c r="C52" s="16" t="s">
+      <c r="C66" s="12"/>
+      <c r="D66" s="12"/>
+      <c r="E66" s="27"/>
+      <c r="F66" s="19"/>
+      <c r="G66" s="19"/>
+    </row>
+    <row r="67" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B67" s="19" t="s">
         <v>126</v>
       </c>
-      <c r="D52" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B53" s="29" t="s">
+      <c r="C67" s="12"/>
+      <c r="D67" s="12"/>
+      <c r="E67" s="27"/>
+      <c r="F67" s="19"/>
+      <c r="G67" s="19"/>
+    </row>
+    <row r="68" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B68" s="19" t="s">
         <v>127</v>
       </c>
-      <c r="C53" s="38" t="s">
+      <c r="C68" s="12"/>
+      <c r="D68" s="12"/>
+      <c r="E68" s="27"/>
+      <c r="F68" s="19"/>
+      <c r="G68" s="19"/>
+    </row>
+    <row r="69" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B69" s="19" t="s">
         <v>128</v>
       </c>
-      <c r="D53" s="39" t="s">
-[...13 lines deleted...]
-      <c r="B54" s="29" t="s">
+      <c r="C69" s="12"/>
+      <c r="D69" s="12"/>
+      <c r="E69" s="27"/>
+      <c r="F69" s="19"/>
+      <c r="G69" s="19"/>
+    </row>
+    <row r="70" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B70" s="19" t="s">
         <v>129</v>
       </c>
-      <c r="C54" s="18" t="s">
+      <c r="C70" s="12"/>
+      <c r="D70" s="12"/>
+      <c r="E70" s="27"/>
+      <c r="F70" s="19"/>
+      <c r="G70" s="19"/>
+    </row>
+    <row r="71" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B71" s="19" t="s">
         <v>130</v>
       </c>
-      <c r="D54" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B55" s="29" t="s">
+      <c r="C71" s="12"/>
+      <c r="D71" s="12"/>
+      <c r="E71" s="27"/>
+      <c r="F71" s="19"/>
+      <c r="G71" s="19"/>
+    </row>
+    <row r="72" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B72" s="19" t="s">
         <v>131</v>
       </c>
-      <c r="C55" s="17" t="s">
+      <c r="C72" s="12"/>
+      <c r="D72" s="12"/>
+      <c r="E72" s="27"/>
+      <c r="F72" s="19"/>
+      <c r="G72" s="19"/>
+    </row>
+    <row r="73" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B73" s="19" t="s">
         <v>132</v>
       </c>
-      <c r="D55" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B56" s="29" t="s">
+      <c r="C73" s="12"/>
+      <c r="D73" s="12"/>
+      <c r="E73" s="27"/>
+      <c r="F73" s="19"/>
+      <c r="G73" s="19"/>
+    </row>
+    <row r="74" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B74" s="19" t="s">
         <v>133</v>
       </c>
-      <c r="C56" s="16" t="s">
+      <c r="C74" s="12"/>
+      <c r="D74" s="12"/>
+      <c r="E74" s="27"/>
+      <c r="F74" s="19"/>
+      <c r="G74" s="19"/>
+    </row>
+    <row r="75" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B75" s="19" t="s">
         <v>134</v>
       </c>
-      <c r="D56" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B57" s="29" t="s">
+      <c r="C75" s="12"/>
+      <c r="D75" s="12"/>
+      <c r="E75" s="27"/>
+      <c r="F75" s="19"/>
+      <c r="G75" s="19"/>
+    </row>
+    <row r="76" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B76" s="19" t="s">
         <v>135</v>
       </c>
-      <c r="C57" s="38" t="s">
+      <c r="C76" s="12"/>
+      <c r="D76" s="12"/>
+      <c r="E76" s="27"/>
+      <c r="F76" s="19"/>
+      <c r="G76" s="19"/>
+    </row>
+    <row r="77" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B77" s="19" t="s">
         <v>136</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="C77" s="12"/>
+      <c r="D77" s="12"/>
+      <c r="E77" s="27"/>
+      <c r="F77" s="19"/>
+      <c r="G77" s="19"/>
+    </row>
+    <row r="78" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B78" s="19" t="s">
         <v>137</v>
       </c>
-      <c r="E57" s="26">
-[...10 lines deleted...]
-      <c r="B58" s="29" t="s">
+      <c r="C78" s="12"/>
+      <c r="D78" s="12"/>
+      <c r="E78" s="27"/>
+      <c r="F78" s="19"/>
+      <c r="G78" s="19"/>
+    </row>
+    <row r="79" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B79" s="19" t="s">
         <v>138</v>
       </c>
-      <c r="C58" s="19" t="s">
+      <c r="C79" s="12"/>
+      <c r="D79" s="12"/>
+      <c r="E79" s="27"/>
+      <c r="F79" s="19"/>
+      <c r="G79" s="19"/>
+    </row>
+    <row r="80" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B80" s="19" t="s">
         <v>139</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="C80" s="12"/>
+      <c r="D80" s="12"/>
+      <c r="E80" s="27"/>
+      <c r="F80" s="19"/>
+      <c r="G80" s="19"/>
+    </row>
+    <row r="81" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B81" s="19" t="s">
         <v>140</v>
       </c>
-      <c r="E58" s="26">
-[...10 lines deleted...]
-      <c r="B59" s="29" t="s">
+      <c r="C81" s="12"/>
+      <c r="D81" s="12"/>
+      <c r="E81" s="27"/>
+      <c r="F81" s="19"/>
+      <c r="G81" s="19"/>
+    </row>
+    <row r="82" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B82" s="19" t="s">
         <v>141</v>
       </c>
-      <c r="C59" s="18" t="s">
+      <c r="C82" s="12"/>
+      <c r="D82" s="12"/>
+      <c r="E82" s="27"/>
+      <c r="F82" s="19"/>
+      <c r="G82" s="19"/>
+    </row>
+    <row r="83" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B83" s="19" t="s">
         <v>142</v>
       </c>
-      <c r="D59" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B60" s="29" t="s">
+      <c r="C83" s="12"/>
+      <c r="D83" s="12"/>
+      <c r="E83" s="27"/>
+      <c r="F83" s="19"/>
+      <c r="G83" s="19"/>
+    </row>
+    <row r="84" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B84" s="19" t="s">
         <v>143</v>
       </c>
-      <c r="C60" s="18" t="s">
-[...16 lines deleted...]
-      <c r="B61" s="29" t="s">
+      <c r="C84" s="12"/>
+      <c r="D84" s="12"/>
+      <c r="E84" s="27"/>
+      <c r="F84" s="19"/>
+      <c r="G84" s="19"/>
+    </row>
+    <row r="85" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B85" s="19" t="s">
         <v>144</v>
       </c>
-      <c r="C61" s="30" t="s">
+      <c r="C85" s="12"/>
+      <c r="D85" s="12"/>
+      <c r="E85" s="27"/>
+      <c r="F85" s="19"/>
+      <c r="G85" s="19"/>
+    </row>
+    <row r="86" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B86" s="19" t="s">
         <v>145</v>
       </c>
-      <c r="D61" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B62" s="29" t="s">
+      <c r="C86" s="12"/>
+      <c r="D86" s="12"/>
+      <c r="E86" s="27"/>
+      <c r="F86" s="19"/>
+      <c r="G86" s="19"/>
+    </row>
+    <row r="87" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B87" s="19" t="s">
         <v>146</v>
       </c>
-      <c r="C62" s="18" t="s">
+      <c r="C87" s="12"/>
+      <c r="D87" s="12"/>
+      <c r="E87" s="27"/>
+      <c r="F87" s="19"/>
+      <c r="G87" s="19"/>
+    </row>
+    <row r="88" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B88" s="19" t="s">
         <v>147</v>
       </c>
-      <c r="D62" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B63" s="29" t="s">
+      <c r="C88" s="12"/>
+      <c r="D88" s="12"/>
+      <c r="E88" s="27"/>
+      <c r="F88" s="19"/>
+      <c r="G88" s="19"/>
+    </row>
+    <row r="89" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B89" s="19" t="s">
         <v>148</v>
       </c>
-      <c r="C63" s="18" t="s">
+      <c r="C89" s="12"/>
+      <c r="D89" s="12"/>
+      <c r="E89" s="27"/>
+      <c r="F89" s="19"/>
+      <c r="G89" s="19"/>
+    </row>
+    <row r="90" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B90" s="19" t="s">
         <v>149</v>
       </c>
-      <c r="D63" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B64" s="29" t="s">
+      <c r="C90" s="12"/>
+      <c r="D90" s="12"/>
+      <c r="E90" s="27"/>
+      <c r="F90" s="19"/>
+      <c r="G90" s="19"/>
+    </row>
+    <row r="91" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B91" s="19" t="s">
         <v>150</v>
       </c>
-      <c r="C64" s="19" t="s">
-[...16 lines deleted...]
-      <c r="B65" s="29" t="s">
+      <c r="C91" s="12"/>
+      <c r="D91" s="12"/>
+      <c r="E91" s="27"/>
+      <c r="F91" s="19"/>
+      <c r="G91" s="19"/>
+    </row>
+    <row r="92" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B92" s="19" t="s">
         <v>151</v>
       </c>
-      <c r="C65" s="18" t="s">
+      <c r="C92" s="12"/>
+      <c r="D92" s="12"/>
+      <c r="E92" s="27"/>
+      <c r="F92" s="19"/>
+      <c r="G92" s="19"/>
+    </row>
+    <row r="93" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B93" s="19" t="s">
         <v>152</v>
       </c>
-      <c r="D65" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B66" s="29" t="s">
+      <c r="C93" s="12"/>
+      <c r="D93" s="12"/>
+      <c r="E93" s="27"/>
+      <c r="F93" s="19"/>
+      <c r="G93" s="19"/>
+    </row>
+    <row r="94" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B94" s="19" t="s">
         <v>153</v>
       </c>
-      <c r="C66" s="18" t="s">
+      <c r="C94" s="12"/>
+      <c r="D94" s="12"/>
+      <c r="E94" s="27"/>
+      <c r="F94" s="19"/>
+      <c r="G94" s="19"/>
+    </row>
+    <row r="95" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B95" s="19" t="s">
         <v>154</v>
       </c>
-      <c r="D66" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B67" s="29" t="s">
+      <c r="C95" s="12"/>
+      <c r="D95" s="12"/>
+      <c r="E95" s="27"/>
+      <c r="F95" s="19"/>
+      <c r="G95" s="19"/>
+    </row>
+    <row r="96" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B96" s="19" t="s">
         <v>155</v>
       </c>
-      <c r="C67" s="18" t="s">
-[...16 lines deleted...]
-      <c r="B68" s="29" t="s">
+      <c r="C96" s="12"/>
+      <c r="D96" s="12"/>
+      <c r="E96" s="27"/>
+      <c r="F96" s="19"/>
+      <c r="G96" s="19"/>
+    </row>
+    <row r="97" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B97" s="19" t="s">
         <v>156</v>
       </c>
-      <c r="C68" s="18" t="s">
+      <c r="C97" s="12"/>
+      <c r="D97" s="12"/>
+      <c r="E97" s="27"/>
+      <c r="F97" s="19"/>
+      <c r="G97" s="19"/>
+    </row>
+    <row r="98" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B98" s="19" t="s">
         <v>157</v>
       </c>
-      <c r="D68" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B69" s="29" t="s">
+      <c r="C98" s="12"/>
+      <c r="D98" s="12"/>
+      <c r="E98" s="27"/>
+      <c r="F98" s="19"/>
+      <c r="G98" s="19"/>
+    </row>
+    <row r="99" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B99" s="19" t="s">
         <v>158</v>
       </c>
-      <c r="C69" s="19" t="s">
+      <c r="C99" s="12"/>
+      <c r="D99" s="12"/>
+      <c r="E99" s="27"/>
+      <c r="F99" s="19"/>
+      <c r="G99" s="19"/>
+    </row>
+    <row r="100" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B100" s="19" t="s">
         <v>159</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="C100" s="12"/>
+      <c r="D100" s="12"/>
+      <c r="E100" s="27"/>
+      <c r="F100" s="19"/>
+      <c r="G100" s="19"/>
+    </row>
+    <row r="101" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B101" s="19" t="s">
         <v>160</v>
       </c>
-      <c r="E69" s="26">
-[...10 lines deleted...]
-      <c r="B70" s="29" t="s">
+      <c r="C101" s="11"/>
+      <c r="D101" s="11"/>
+      <c r="E101" s="29"/>
+      <c r="F101" s="29"/>
+      <c r="G101" s="29"/>
+    </row>
+    <row r="102" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B102" s="19" t="s">
         <v>161</v>
       </c>
-      <c r="C70" s="18" t="s">
+      <c r="C102" s="11"/>
+      <c r="D102" s="11"/>
+      <c r="E102" s="29"/>
+      <c r="F102" s="29"/>
+      <c r="G102" s="29"/>
+    </row>
+    <row r="103" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B103" s="19" t="s">
         <v>162</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="C103" s="11"/>
+      <c r="D103" s="11"/>
+      <c r="E103" s="29"/>
+      <c r="F103" s="29"/>
+      <c r="G103" s="29"/>
+    </row>
+    <row r="104" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B104" s="19" t="s">
         <v>163</v>
       </c>
-      <c r="E70" s="26">
-[...10 lines deleted...]
-      <c r="B71" s="29" t="s">
+      <c r="C104" s="11"/>
+      <c r="D104" s="11"/>
+      <c r="E104" s="29"/>
+      <c r="F104" s="29"/>
+      <c r="G104" s="29"/>
+    </row>
+    <row r="105" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B105" s="19" t="s">
         <v>164</v>
       </c>
-      <c r="C71" s="18" t="s">
+      <c r="C105" s="11"/>
+      <c r="D105" s="11"/>
+      <c r="E105" s="29"/>
+      <c r="F105" s="29"/>
+      <c r="G105" s="29"/>
+    </row>
+    <row r="106" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B106" s="19" t="s">
         <v>165</v>
       </c>
-      <c r="D71" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B72" s="29" t="s">
+      <c r="C106" s="11"/>
+      <c r="D106" s="11"/>
+      <c r="E106" s="29"/>
+      <c r="F106" s="29"/>
+      <c r="G106" s="29"/>
+    </row>
+    <row r="107" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B107" s="19" t="s">
         <v>166</v>
       </c>
-      <c r="C72" s="21" t="s">
+      <c r="C107" s="11"/>
+      <c r="D107" s="11"/>
+      <c r="E107" s="29"/>
+      <c r="F107" s="29"/>
+      <c r="G107" s="29"/>
+    </row>
+    <row r="108" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B108" s="19" t="s">
         <v>167</v>
       </c>
-      <c r="D72" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B73" s="29" t="s">
+      <c r="C108" s="11"/>
+      <c r="D108" s="11"/>
+      <c r="E108" s="29"/>
+      <c r="F108" s="29"/>
+      <c r="G108" s="29"/>
+    </row>
+    <row r="109" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B109" s="19" t="s">
         <v>168</v>
       </c>
-      <c r="C73" s="18" t="s">
+      <c r="C109" s="11"/>
+      <c r="D109" s="11"/>
+      <c r="E109" s="29"/>
+      <c r="F109" s="29"/>
+      <c r="G109" s="29"/>
+    </row>
+    <row r="110" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B110" s="19" t="s">
         <v>169</v>
       </c>
-      <c r="D73" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B74" s="29" t="s">
+      <c r="C110" s="11"/>
+      <c r="D110" s="11"/>
+      <c r="E110" s="29"/>
+      <c r="F110" s="29"/>
+      <c r="G110" s="29"/>
+    </row>
+    <row r="111" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B111" s="19" t="s">
         <v>170</v>
       </c>
-      <c r="C74" s="36" t="s">
+      <c r="C111" s="11"/>
+      <c r="D111" s="11"/>
+      <c r="E111" s="29"/>
+      <c r="F111" s="29"/>
+      <c r="G111" s="29"/>
+    </row>
+    <row r="112" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B112" s="19" t="s">
         <v>171</v>
       </c>
-      <c r="D74" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B75" s="29" t="s">
+      <c r="C112" s="11"/>
+      <c r="D112" s="11"/>
+      <c r="E112" s="29"/>
+      <c r="F112" s="29"/>
+      <c r="G112" s="29"/>
+    </row>
+    <row r="113" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B113" s="19" t="s">
         <v>172</v>
       </c>
-      <c r="C75" s="19" t="s">
+      <c r="C113" s="11"/>
+      <c r="D113" s="11"/>
+      <c r="E113" s="29"/>
+      <c r="F113" s="29"/>
+      <c r="G113" s="29"/>
+    </row>
+    <row r="114" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B114" s="19" t="s">
         <v>173</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="C114" s="11"/>
+      <c r="D114" s="11"/>
+      <c r="E114" s="29"/>
+      <c r="F114" s="29"/>
+      <c r="G114" s="29"/>
+    </row>
+    <row r="115" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B115" s="19" t="s">
         <v>174</v>
       </c>
-      <c r="E75" s="26">
-[...10 lines deleted...]
-      <c r="B76" s="29" t="s">
+      <c r="C115" s="11"/>
+      <c r="D115" s="11"/>
+      <c r="E115" s="29"/>
+      <c r="F115" s="29"/>
+      <c r="G115" s="29"/>
+    </row>
+    <row r="116" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B116" s="19" t="s">
         <v>175</v>
       </c>
-      <c r="C76" s="38" t="s">
+      <c r="C116" s="11"/>
+      <c r="D116" s="11"/>
+      <c r="E116" s="29"/>
+      <c r="F116" s="29"/>
+      <c r="G116" s="29"/>
+    </row>
+    <row r="117" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B117" s="19" t="s">
         <v>176</v>
       </c>
-      <c r="D76" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B77" s="29" t="s">
+      <c r="C117" s="11"/>
+      <c r="D117" s="11"/>
+      <c r="E117" s="29"/>
+      <c r="F117" s="29"/>
+      <c r="G117" s="29"/>
+    </row>
+    <row r="118" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B118" s="19" t="s">
         <v>177</v>
       </c>
-      <c r="C77" s="18" t="s">
+      <c r="C118" s="11"/>
+      <c r="D118" s="11"/>
+      <c r="E118" s="29"/>
+      <c r="F118" s="29"/>
+      <c r="G118" s="29"/>
+    </row>
+    <row r="119" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B119" s="19" t="s">
         <v>178</v>
       </c>
-      <c r="D77" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B78" s="29" t="s">
+      <c r="C119" s="11"/>
+      <c r="D119" s="11"/>
+      <c r="E119" s="29"/>
+      <c r="F119" s="29"/>
+      <c r="G119" s="29"/>
+    </row>
+    <row r="120" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B120" s="19" t="s">
         <v>179</v>
       </c>
-      <c r="C78" s="18" t="s">
+      <c r="C120" s="11"/>
+      <c r="D120" s="11"/>
+      <c r="E120" s="29"/>
+      <c r="F120" s="29"/>
+      <c r="G120" s="29"/>
+    </row>
+    <row r="121" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B121" s="19" t="s">
         <v>180</v>
       </c>
-      <c r="D78" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B79" s="29" t="s">
+      <c r="C121" s="11"/>
+      <c r="D121" s="11"/>
+      <c r="E121" s="29"/>
+      <c r="F121" s="29"/>
+      <c r="G121" s="29"/>
+    </row>
+    <row r="122" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B122" s="19" t="s">
         <v>181</v>
       </c>
-      <c r="C79" s="18" t="s">
+      <c r="C122" s="11"/>
+      <c r="D122" s="11"/>
+      <c r="E122" s="29"/>
+      <c r="F122" s="29"/>
+      <c r="G122" s="29"/>
+    </row>
+    <row r="123" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B123" s="19" t="s">
         <v>182</v>
       </c>
-      <c r="D79" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B80" s="29" t="s">
+      <c r="C123" s="11"/>
+      <c r="D123" s="11"/>
+      <c r="E123" s="29"/>
+      <c r="F123" s="29"/>
+      <c r="G123" s="29"/>
+    </row>
+    <row r="124" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B124" s="19" t="s">
         <v>183</v>
       </c>
-      <c r="C80" s="18" t="s">
+      <c r="C124" s="11"/>
+      <c r="D124" s="11"/>
+      <c r="E124" s="29"/>
+      <c r="F124" s="29"/>
+      <c r="G124" s="29"/>
+    </row>
+    <row r="125" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B125" s="19" t="s">
         <v>184</v>
       </c>
-      <c r="D80" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B81" s="29" t="s">
+      <c r="C125" s="11"/>
+      <c r="D125" s="11"/>
+      <c r="E125" s="29"/>
+      <c r="F125" s="29"/>
+      <c r="G125" s="29"/>
+    </row>
+    <row r="126" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B126" s="19" t="s">
         <v>185</v>
       </c>
-      <c r="C81" s="18" t="s">
-[...16 lines deleted...]
-      <c r="B82" s="29" t="s">
+      <c r="C126" s="11"/>
+      <c r="D126" s="11"/>
+      <c r="E126" s="29"/>
+      <c r="F126" s="29"/>
+      <c r="G126" s="29"/>
+    </row>
+    <row r="127" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B127" s="19" t="s">
         <v>186</v>
       </c>
-      <c r="C82" s="18" t="s">
+      <c r="C127" s="11"/>
+      <c r="D127" s="11"/>
+      <c r="E127" s="29"/>
+      <c r="F127" s="29"/>
+      <c r="G127" s="29"/>
+    </row>
+    <row r="128" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B128" s="19" t="s">
         <v>187</v>
       </c>
-      <c r="D82" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B83" s="29" t="s">
+      <c r="C128" s="11"/>
+      <c r="D128" s="11"/>
+      <c r="E128" s="29"/>
+      <c r="F128" s="29"/>
+      <c r="G128" s="29"/>
+    </row>
+    <row r="129" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B129" s="19" t="s">
         <v>188</v>
       </c>
-      <c r="C83" s="18" t="s">
+      <c r="C129" s="11"/>
+      <c r="D129" s="11"/>
+      <c r="E129" s="29"/>
+      <c r="F129" s="29"/>
+      <c r="G129" s="29"/>
+    </row>
+    <row r="130" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B130" s="19" t="s">
         <v>189</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="C130" s="11"/>
+      <c r="D130" s="11"/>
+      <c r="E130" s="29"/>
+      <c r="F130" s="29"/>
+      <c r="G130" s="29"/>
+    </row>
+    <row r="131" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B131" s="30" t="s">
         <v>190</v>
       </c>
-      <c r="E83" s="26">
-[...10 lines deleted...]
-      <c r="B84" s="29" t="s">
+      <c r="C131" s="11"/>
+      <c r="D131" s="11"/>
+      <c r="E131" s="29"/>
+      <c r="F131" s="29"/>
+      <c r="G131" s="29"/>
+    </row>
+    <row r="132" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B132" s="30" t="s">
         <v>191</v>
       </c>
-      <c r="C84" s="18" t="s">
+      <c r="C132" s="11"/>
+      <c r="D132" s="11"/>
+      <c r="E132" s="29"/>
+      <c r="F132" s="29"/>
+      <c r="G132" s="29"/>
+    </row>
+    <row r="133" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B133" s="30" t="s">
         <v>192</v>
       </c>
-      <c r="D84" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B85" s="29" t="s">
+      <c r="C133" s="11"/>
+      <c r="D133" s="11"/>
+      <c r="E133" s="29"/>
+      <c r="F133" s="29"/>
+      <c r="G133" s="29"/>
+    </row>
+    <row r="134" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B134" s="19" t="s">
         <v>193</v>
       </c>
-      <c r="C85" s="18" t="s">
+      <c r="C134" s="11"/>
+      <c r="D134" s="11"/>
+      <c r="E134" s="29"/>
+      <c r="F134" s="29"/>
+      <c r="G134" s="29"/>
+    </row>
+    <row r="135" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B135" s="19" t="s">
         <v>194</v>
       </c>
-      <c r="D85" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B86" s="29" t="s">
+      <c r="C135" s="11"/>
+      <c r="D135" s="11"/>
+      <c r="E135" s="29"/>
+      <c r="F135" s="29"/>
+      <c r="G135" s="29"/>
+    </row>
+    <row r="136" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B136" s="19" t="s">
         <v>195</v>
       </c>
-      <c r="C86" s="18" t="s">
+      <c r="C136" s="11"/>
+      <c r="D136" s="11"/>
+      <c r="E136" s="29"/>
+      <c r="F136" s="29"/>
+      <c r="G136" s="29"/>
+    </row>
+    <row r="137" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B137" s="19" t="s">
         <v>196</v>
       </c>
-      <c r="D86" s="20" t="s">
+      <c r="C137" s="11"/>
+      <c r="D137" s="11"/>
+      <c r="E137" s="29"/>
+      <c r="F137" s="29"/>
+      <c r="G137" s="29"/>
+    </row>
+    <row r="138" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B138" s="19" t="s">
         <v>197</v>
       </c>
-      <c r="E86" s="26">
-[...10 lines deleted...]
-      <c r="B87" s="29" t="s">
+      <c r="C138" s="11"/>
+      <c r="D138" s="11"/>
+      <c r="E138" s="29"/>
+      <c r="F138" s="29"/>
+      <c r="G138" s="29"/>
+    </row>
+    <row r="139" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B139" s="19" t="s">
         <v>198</v>
       </c>
-      <c r="C87" s="18" t="s">
+      <c r="C139" s="11"/>
+      <c r="D139" s="11"/>
+      <c r="E139" s="29"/>
+      <c r="F139" s="29"/>
+      <c r="G139" s="29"/>
+    </row>
+    <row r="140" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B140" s="19" t="s">
         <v>199</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="C140" s="11"/>
+      <c r="D140" s="11"/>
+      <c r="E140" s="29"/>
+      <c r="F140" s="29"/>
+      <c r="G140" s="29"/>
+    </row>
+    <row r="141" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B141" s="19" t="s">
         <v>200</v>
       </c>
-      <c r="E87" s="26">
-[...10 lines deleted...]
-      <c r="B88" s="29" t="s">
+      <c r="C141" s="11"/>
+      <c r="D141" s="11"/>
+      <c r="E141" s="29"/>
+      <c r="F141" s="29"/>
+      <c r="G141" s="29"/>
+    </row>
+    <row r="142" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B142" s="19" t="s">
         <v>201</v>
       </c>
-      <c r="C88" s="18" t="s">
+      <c r="C142" s="11"/>
+      <c r="D142" s="11"/>
+      <c r="E142" s="29"/>
+      <c r="F142" s="29"/>
+      <c r="G142" s="29"/>
+    </row>
+    <row r="143" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B143" s="19" t="s">
         <v>202</v>
       </c>
-      <c r="D88" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B89" s="29" t="s">
+      <c r="C143" s="11"/>
+      <c r="D143" s="11"/>
+      <c r="E143" s="29"/>
+      <c r="F143" s="29"/>
+      <c r="G143" s="29"/>
+    </row>
+    <row r="144" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B144" s="19" t="s">
         <v>203</v>
       </c>
-      <c r="C89" s="18" t="s">
+      <c r="C144" s="11"/>
+      <c r="D144" s="11"/>
+      <c r="E144" s="29"/>
+      <c r="F144" s="29"/>
+      <c r="G144" s="29"/>
+    </row>
+    <row r="145" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B145" s="19" t="s">
         <v>204</v>
       </c>
-      <c r="D89" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B90" s="29" t="s">
+      <c r="C145" s="11"/>
+      <c r="D145" s="11"/>
+      <c r="E145" s="29"/>
+      <c r="F145" s="29"/>
+      <c r="G145" s="29"/>
+    </row>
+    <row r="146" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B146" s="19" t="s">
         <v>205</v>
       </c>
-      <c r="C90" s="18" t="s">
+      <c r="C146" s="11"/>
+      <c r="D146" s="11"/>
+      <c r="E146" s="29"/>
+      <c r="F146" s="29"/>
+      <c r="G146" s="29"/>
+    </row>
+    <row r="147" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B147" s="19" t="s">
         <v>206</v>
       </c>
-      <c r="D90" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B91" s="29" t="s">
+      <c r="C147" s="11"/>
+      <c r="D147" s="11"/>
+      <c r="E147" s="29"/>
+      <c r="F147" s="29"/>
+      <c r="G147" s="29"/>
+    </row>
+    <row r="148" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B148" s="19" t="s">
         <v>207</v>
       </c>
-      <c r="C91" s="18" t="s">
-[...16 lines deleted...]
-      <c r="B92" s="29" t="s">
+      <c r="C148" s="11"/>
+      <c r="D148" s="11"/>
+      <c r="E148" s="29"/>
+      <c r="F148" s="29"/>
+      <c r="G148" s="29"/>
+    </row>
+    <row r="149" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B149" s="19" t="s">
         <v>208</v>
       </c>
-      <c r="C92" s="18" t="s">
+      <c r="C149" s="11"/>
+      <c r="D149" s="11"/>
+      <c r="E149" s="29"/>
+      <c r="F149" s="29"/>
+      <c r="G149" s="29"/>
+    </row>
+    <row r="150" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B150" s="19" t="s">
         <v>209</v>
       </c>
-      <c r="D92" s="15" t="s">
-[...13 lines deleted...]
-      <c r="B93" s="25" t="s">
+      <c r="C150" s="11"/>
+      <c r="D150" s="11"/>
+      <c r="E150" s="29"/>
+      <c r="F150" s="29"/>
+      <c r="G150" s="29"/>
+    </row>
+    <row r="151" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B151" s="19" t="s">
         <v>210</v>
       </c>
-      <c r="C93" s="18" t="s">
+      <c r="C151" s="11"/>
+      <c r="D151" s="11"/>
+      <c r="E151" s="29"/>
+      <c r="F151" s="29"/>
+      <c r="G151" s="29"/>
+    </row>
+    <row r="152" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B152" s="19" t="s">
         <v>211</v>
       </c>
-      <c r="D93" s="53" t="s">
-[...13 lines deleted...]
-      <c r="B94" s="25" t="s">
+      <c r="C152" s="11"/>
+      <c r="D152" s="11"/>
+      <c r="E152" s="29"/>
+      <c r="F152" s="29"/>
+      <c r="G152" s="29"/>
+    </row>
+    <row r="153" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B153" s="19" t="s">
         <v>212</v>
       </c>
-      <c r="C94" s="18" t="s">
+      <c r="C153" s="11"/>
+      <c r="D153" s="11"/>
+      <c r="E153" s="29"/>
+      <c r="F153" s="29"/>
+      <c r="G153" s="29"/>
+    </row>
+    <row r="154" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B154" s="19" t="s">
         <v>213</v>
       </c>
-      <c r="D94" s="53" t="s">
-[...13 lines deleted...]
-      <c r="B95" s="25" t="s">
+      <c r="C154" s="11"/>
+      <c r="D154" s="11"/>
+      <c r="E154" s="29"/>
+      <c r="F154" s="29"/>
+      <c r="G154" s="29"/>
+    </row>
+    <row r="155" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B155" s="19" t="s">
         <v>214</v>
       </c>
-      <c r="C95" s="12" t="s">
+      <c r="C155" s="11"/>
+      <c r="D155" s="11"/>
+      <c r="E155" s="29"/>
+      <c r="F155" s="29"/>
+      <c r="G155" s="29"/>
+    </row>
+    <row r="156" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B156" s="19" t="s">
         <v>215</v>
       </c>
-      <c r="D95" s="53" t="s">
-[...13 lines deleted...]
-      <c r="B96" s="25" t="s">
+      <c r="C156" s="11"/>
+      <c r="D156" s="11"/>
+      <c r="E156" s="29"/>
+      <c r="F156" s="29"/>
+      <c r="G156" s="29"/>
+    </row>
+    <row r="157" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B157" s="19" t="s">
         <v>216</v>
       </c>
-      <c r="C96" s="12" t="s">
+      <c r="C157" s="11"/>
+      <c r="D157" s="11"/>
+      <c r="E157" s="29"/>
+      <c r="F157" s="29"/>
+      <c r="G157" s="29"/>
+    </row>
+    <row r="158" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B158" s="19" t="s">
         <v>217</v>
       </c>
-      <c r="D96" s="53" t="s">
-[...13 lines deleted...]
-      <c r="B97" s="25" t="s">
+      <c r="C158" s="11"/>
+      <c r="D158" s="11"/>
+      <c r="E158" s="29"/>
+      <c r="F158" s="29"/>
+      <c r="G158" s="29"/>
+    </row>
+    <row r="159" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B159" s="19" t="s">
         <v>218</v>
       </c>
-      <c r="C97" s="19" t="s">
+      <c r="C159" s="11"/>
+      <c r="D159" s="11"/>
+      <c r="E159" s="29"/>
+      <c r="F159" s="29"/>
+      <c r="G159" s="29"/>
+    </row>
+    <row r="160" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B160" s="19" t="s">
         <v>219</v>
       </c>
-      <c r="D97" s="53" t="s">
-[...13 lines deleted...]
-      <c r="B98" s="25" t="s">
+      <c r="C160" s="11"/>
+      <c r="D160" s="11"/>
+      <c r="E160" s="29"/>
+      <c r="F160" s="29"/>
+      <c r="G160" s="29"/>
+    </row>
+    <row r="161" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B161" s="19" t="s">
         <v>220</v>
       </c>
-      <c r="C98" s="12" t="s">
+      <c r="C161" s="11"/>
+      <c r="D161" s="11"/>
+      <c r="E161" s="29"/>
+      <c r="F161" s="29"/>
+      <c r="G161" s="29"/>
+    </row>
+    <row r="162" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B162" s="19" t="s">
         <v>221</v>
       </c>
-      <c r="D98" s="53" t="s">
-[...13 lines deleted...]
-      <c r="B99" s="40" t="s">
+      <c r="C162" s="11"/>
+      <c r="D162" s="11"/>
+      <c r="E162" s="29"/>
+      <c r="F162" s="29"/>
+      <c r="G162" s="29"/>
+    </row>
+    <row r="163" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B163" s="19" t="s">
         <v>222</v>
       </c>
-      <c r="C99" s="22" t="s">
+      <c r="C163" s="11"/>
+      <c r="D163" s="11"/>
+      <c r="E163" s="29"/>
+      <c r="F163" s="29"/>
+      <c r="G163" s="29"/>
+    </row>
+    <row r="164" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B164" s="19" t="s">
         <v>223</v>
       </c>
-      <c r="D99" s="53" t="s">
-[...13 lines deleted...]
-      <c r="B100" s="25" t="s">
+      <c r="C164" s="11"/>
+      <c r="D164" s="11"/>
+      <c r="E164" s="29"/>
+      <c r="F164" s="29"/>
+      <c r="G164" s="29"/>
+    </row>
+    <row r="165" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B165" s="19" t="s">
         <v>224</v>
       </c>
-      <c r="C100" s="12" t="s">
+      <c r="C165" s="11"/>
+      <c r="D165" s="11"/>
+      <c r="E165" s="29"/>
+      <c r="F165" s="29"/>
+      <c r="G165" s="29"/>
+    </row>
+    <row r="166" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B166" s="19" t="s">
         <v>225</v>
       </c>
-      <c r="D100" s="53" t="s">
-[...13 lines deleted...]
-      <c r="B101" s="40" t="s">
+      <c r="C166" s="11"/>
+      <c r="D166" s="11"/>
+      <c r="E166" s="29"/>
+      <c r="F166" s="29"/>
+      <c r="G166" s="29"/>
+    </row>
+    <row r="167" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B167" s="19" t="s">
         <v>226</v>
       </c>
-      <c r="C101" s="33" t="s">
+      <c r="C167" s="11"/>
+      <c r="D167" s="11"/>
+      <c r="E167" s="29"/>
+      <c r="F167" s="29"/>
+      <c r="G167" s="29"/>
+    </row>
+    <row r="168" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B168" s="19" t="s">
         <v>227</v>
       </c>
-      <c r="D101" s="53" t="s">
-[...13 lines deleted...]
-      <c r="B102" s="25" t="s">
+      <c r="C168" s="11"/>
+      <c r="D168" s="11"/>
+      <c r="E168" s="29"/>
+      <c r="F168" s="29"/>
+      <c r="G168" s="29"/>
+    </row>
+    <row r="169" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B169" s="19" t="s">
         <v>228</v>
       </c>
-      <c r="C102" s="13" t="s">
+      <c r="C169" s="11"/>
+      <c r="D169" s="11"/>
+      <c r="E169" s="29"/>
+      <c r="F169" s="29"/>
+      <c r="G169" s="29"/>
+    </row>
+    <row r="170" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B170" s="19" t="s">
         <v>229</v>
       </c>
-      <c r="D102" s="53" t="s">
-[...13 lines deleted...]
-      <c r="B103" s="25" t="s">
+      <c r="C170" s="11"/>
+      <c r="D170" s="11"/>
+      <c r="E170" s="29"/>
+      <c r="F170" s="29"/>
+      <c r="G170" s="29"/>
+    </row>
+    <row r="171" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B171" s="19" t="s">
         <v>230</v>
       </c>
-      <c r="C103" s="13" t="s">
+      <c r="C171" s="11"/>
+      <c r="D171" s="11"/>
+      <c r="E171" s="29"/>
+      <c r="F171" s="29"/>
+      <c r="G171" s="29"/>
+    </row>
+    <row r="172" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B172" s="19" t="s">
         <v>231</v>
       </c>
-      <c r="D103" s="53" t="s">
-[...13 lines deleted...]
-      <c r="B104" s="40" t="s">
+      <c r="C172" s="11"/>
+      <c r="D172" s="11"/>
+      <c r="E172" s="29"/>
+      <c r="F172" s="29"/>
+      <c r="G172" s="29"/>
+    </row>
+    <row r="173" spans="2:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="B173" s="19" t="s">
         <v>232</v>
       </c>
-      <c r="C104" s="43" t="s">
-[...2927 lines deleted...]
-      <c r="G327" s="61"/>
+      <c r="C173" s="11"/>
+      <c r="D173" s="11"/>
+      <c r="E173" s="29"/>
+      <c r="F173" s="29"/>
+      <c r="G173" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:G1"/>
-    <mergeCell ref="B162:G162"/>
+    <mergeCell ref="B12:G12"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="22" orientation="portrait" r:id="rId1"/>
-  <headerFooter alignWithMargins="0"/>
-[...12 lines deleted...]
-  <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...3 lines deleted...]
-</FormTemplates>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010035EED0651334EC488E7FE7DFBF9B904D" ma:contentTypeVersion="7" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="8d60dcf8b1481c7683f5b41a02214717">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="64c94459-a6c5-4cf5-89c0-115a7989494d" xmlns:ns3="1b697df1-33ef-48b3-80f1-7bc5cc96b25a" xmlns:ns4="107ea3ff-ebed-4698-b54c-04cca22f4541" xmlns:ns5="352852a3-b0f9-446f-ba6d-2dabd10762bb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="74eedf3bb65527f0657af5d6eaab9bc0" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="64c94459-a6c5-4cf5-89c0-115a7989494d"/>
     <xsd:import namespace="1b697df1-33ef-48b3-80f1-7bc5cc96b25a"/>
     <xsd:import namespace="107ea3ff-ebed-4698-b54c-04cca22f4541"/>
     <xsd:import namespace="352852a3-b0f9-446f-ba6d-2dabd10762bb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns5:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -8507,175 +3856,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="64c94459-a6c5-4cf5-89c0-115a7989494d">MMB0-614764344-186678</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="64c94459-a6c5-4cf5-89c0-115a7989494d">
+      <Url>https://mmbonline.sharepoint.com/PO/_layouts/15/DocIdRedir.aspx?ID=MMB0-614764344-186678</Url>
+      <Description>MMB0-614764344-186678</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
-[...44 lines deleted...]
-</spe:Receivers>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4D32867-12A7-4962-9E81-3C37F080172F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78B16EB6-163E-4306-87F2-CE60C937415F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACC7736E-83A5-4258-9662-D63F9BBFD8D0}">
-[...18 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B04465D8-99AF-49D7-AB13-2B4BB639EF8D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD6F4D02-1EEB-45A7-9896-EE88F230EFEC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="64c94459-a6c5-4cf5-89c0-115a7989494d"/>
     <ds:schemaRef ds:uri="1b697df1-33ef-48b3-80f1-7bc5cc96b25a"/>
     <ds:schemaRef ds:uri="107ea3ff-ebed-4698-b54c-04cca22f4541"/>
     <ds:schemaRef ds:uri="352852a3-b0f9-446f-ba6d-2dabd10762bb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACC7736E-83A5-4258-9662-D63F9BBFD8D0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="352852a3-b0f9-446f-ba6d-2dabd10762bb"/>
+    <ds:schemaRef ds:uri="64c94459-a6c5-4cf5-89c0-115a7989494d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="1b697df1-33ef-48b3-80f1-7bc5cc96b25a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="107ea3ff-ebed-4698-b54c-04cca22f4541"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78B16EB6-163E-4306-87F2-CE60C937415F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4D32867-12A7-4962-9E81-3C37F080172F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>List1</vt:lpstr>
-      <vt:lpstr>List2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>MMB</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>zamecnik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>